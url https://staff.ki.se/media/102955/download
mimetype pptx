--- v0 (2025-10-06)
+++ v1 (2025-11-10)
@@ -297,110 +297,110 @@
     <a:srgbClr val="870052"/>
     <a:srgbClr val="FBABCF"/>
     <a:srgbClr val="F864A7"/>
     <a:srgbClr val="FFA3E7"/>
     <a:srgbClr val="FFCCFF"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="34555" autoAdjust="0"/>
     <p:restoredTop sz="91457" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="188" d="100"/>
-          <a:sy n="188" d="100"/>
+          <a:sx n="184" d="100"/>
+          <a:sy n="184" d="100"/>
         </p:scale>
-        <p:origin x="834" y="156"/>
+        <p:origin x="954" y="144"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="446"/>
         <p:guide pos="222"/>
         <p:guide orient="horz" pos="2081"/>
         <p:guide pos="3441"/>
         <p:guide orient="horz" pos="3105"/>
         <p:guide pos="5536"/>
         <p:guide orient="horz" pos="1411"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="90" d="100"/>
         <a:sy n="90" d="100"/>
       </p:scale>
       <p:origin x="0" y="-5552"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="96" d="100"/>
-          <a:sy n="96" d="100"/>
+          <a:sx n="116" d="100"/>
+          <a:sy n="116" d="100"/>
         </p:scale>
-        <p:origin x="3558" y="78"/>
+        <p:origin x="5052" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -679,58 +679,58 @@
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="1"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="304"/>
         <c:holeSize val="50"/>
       </c:doughnutChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr lang="en-US"/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1001,58 +1001,58 @@
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="1"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="260"/>
         <c:holeSize val="50"/>
       </c:doughnutChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr lang="en-US"/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1833,58 +1833,58 @@
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="1"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="206"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst>
       <a:glow rad="63500">
         <a:schemeClr val="accent1">
           <a:satMod val="175000"/>
           <a:alpha val="40000"/>
         </a:schemeClr>
       </a:glow>
     </a:effectLst>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
@@ -2491,58 +2491,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3017,58 +3017,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5922,51 +5922,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FE55F06C-14D9-45DF-81A5-F25F8ECA9886}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-03-13</a:t>
+              <a:t>2025-10-22</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FB76FC6-F54A-4120-9B8F-E28E2A08E522}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -6106,55 +6106,57 @@
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="800">
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4099" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3886200" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -6174,51 +6176,53 @@
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="800">
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4100" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -6382,51 +6386,53 @@
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="800">
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4103" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3886200" y="8686800"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -6450,193 +6456,211 @@
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="800">
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1493929085"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
-      <a:defRPr sz="1200" kern="1200">
+      <a:defRPr sz="1100" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Times"/>
+        <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
-      <a:defRPr sz="1200" kern="1200">
+      <a:defRPr sz="1100" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Times"/>
+        <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
-      <a:defRPr sz="1200" kern="1200">
+      <a:defRPr sz="1100" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Times"/>
+        <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
     <a:lvl4pPr marL="1371600" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
-      <a:defRPr sz="1200" kern="1200">
+      <a:defRPr sz="1100" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Times"/>
+        <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
     <a:lvl5pPr marL="1828800" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
-      <a:defRPr sz="1200" kern="1200">
+      <a:defRPr sz="1100" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Times"/>
+        <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
     <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
     <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
+  <p:extLst>
+    <p:ext uri="{620B2872-D7B9-4A21-9093-7833F8D536E1}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2880" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2160" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
@@ -6677,167 +6701,134 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>The </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>numbers</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>are</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> from </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>KI’s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> 2024</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>1</a:t>
@@ -6876,78 +6867,78 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4343400"/>
+            <a:ext cx="5322912" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0"/>
               <a:t> 2024 (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>comparative figures for 2023 are shown in parentheses). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>However, the figures for the number of students and doctoral students are not completely comparable. "Full-time equivalent students" are not individuals but a measure of educational volume (roughly: if we combine all registered students/individuals on different courses and programs who study different number of credits to full-year students, we get this figure), the number of reported "doctoral students" here is however individuals.</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -6995,77 +6986,81 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4343400"/>
+            <a:ext cx="5250904" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0"/>
               <a:t> 2024 (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Mundo Sans Std" panose="02000402020104020303" pitchFamily="50" charset="0"/>
               </a:rPr>
               <a:t>comparative figures for 2023 are shown in parentheses). </a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
@@ -7111,313 +7106,158 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Revenue Karolinska Institutet 2024: a total </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> SEK 8,682 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>million </a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...27 lines deleted...]
-              </a:rPr>
+            <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Research 85 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>Education</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> 15 %</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...17 lines deleted...]
-              </a:rPr>
+            <a:endParaRPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>Direct</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>government</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>funding</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> 40 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>External</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>funding</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> 60 %</a:t>
             </a:r>
-          </a:p>
-[...8 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t> 2024)</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -7459,327 +7299,158 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Revenue Karolinska Institutet 2024: a total </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> SEK 8,682 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>million </a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...27 lines deleted...]
-              </a:rPr>
+            <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>Divided</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>into</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Direct government funding 40 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Research councils 13 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Other government agencies 6 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Municipalities and county councils 5 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Swedish foundations and </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>organisations</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> 19 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Foreign foundations and </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>organisations</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> 9 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Swedish companies 2 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Foreign companies 3 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Financial income 3 %</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...9 lines deleted...]
-            <a:endParaRPr lang="sv-SE" i="1" dirty="0"/>
+            <a:endParaRPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
               <a:t>(Annual Report 2024)</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -7956,86 +7627,55 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr rtl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>In recent years, KI's researchers have annually published 7,200 scientific articles (articles + reviews). Of these articles, approximately 90 percent have been published in collaboration with other actors outside the own university, in Sweden and abroad. A significant proportion of the research has some form of connection to health care. Many of the scientific articles are also included as partial works in the doctoral theses presented at KI. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-GB" i="1" noProof="0" dirty="0"/>
-[...1 lines deleted...]
-          <a:p>
             <a:r>
               <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
               <a:t>(Annual Report 2024)</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" noProof="0" dirty="0"/>
-          </a:p>
-[...26 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -8077,118 +7717,96 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The field-standardized citation rate reflects an article's citation rate in relation to the citation rate of comparable publications, i.e. publications of the same document type, published in the same year and within the same subject. The diagram shows the average value per year of the field-standardized citation rate for all articles from KI. This is set in the diagram in relation to the corresponding Cf value for the EU's 27 member states (EU27) and Great Britain. KI's citation rate is at a level that exceeds the corresponding value for the EU27 and Great Britain.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0"/>
-[...20 lines deleted...]
-            <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t> 2024</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -8234,469 +7852,387 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>13 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0" err="1"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>Beginner</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0" err="1">
-[...3 lines deleted...]
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>’</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0" err="1"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0" err="1"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>programmes</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="800" b="1" dirty="0"/>
+            <a:endParaRPr lang="sv-SE" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>32 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0" err="1"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>Continuation</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0" err="1"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>programmes</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="800" b="1" dirty="0"/>
+            <a:endParaRPr lang="sv-SE" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t>98 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0" err="1"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>Freestanding</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="800" b="1" dirty="0" err="1"/>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>courses</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="800" b="1" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="sv-SE" sz="500" dirty="0">
+            <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="-"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="500" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Search pressure for KI's educations at bachelor’s and master’s level: On average</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" sz="500" dirty="0">
+              <a:t>Search pressure for KI's educations at bachelor’s and master’s level: </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:effectLst/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>On average</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0">
+                <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> 2,4 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="800" dirty="0">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>qualified first-choice applicants per student admitted.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="500" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="-"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="500" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Number of participants in contract education:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="500" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> 1,565 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="-"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>performance</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>equivalents</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>: 6,168, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>which</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> gives a </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>performance</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>level</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> at 91,4 %*</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="500" dirty="0">
+            <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
-[...11 lines deleted...]
-              <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="500" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>*</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="sv-SE" sz="800" spc="-20" dirty="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" altLang="sv-SE" spc="-20" dirty="0"/>
               <a:t>When we calculate the performance level, the students' course registration credits are converted into full-time equivalent students and their completed credits into annual performance equivalents. The performance level is then calculated as the ratio between the number of annual performance equivalents and the number of full-time equivalent students and is expressed as a percentage.</a:t>
             </a:r>
-          </a:p>
-[...4 lines deleted...]
-            </a:pPr>
             <a:endParaRPr lang="sv-SE" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr rtl="0"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>One of the world's leading medical universities. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>KI offers the widest range of medical education under one roof in Sweden. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr rtl="0"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>Our teachers often do research in parallel </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>with their teaching, which means that students get to experience the latest in the entire medical field. Most of KI's educations include work-based education, which consists of clinical practice and on-site education in healthcare.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr rtl="0"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>Most of the study </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1"/>
               <a:t>programmes</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>lead to professional degrees and are taught in Swedish but have extensive exchange collaborations and offer study options in English for exchange students. </a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>9</a:t>
@@ -9178,51 +8714,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BAE95B-2559-ED1B-6634-A3474D45E63E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F25A6EB3-5C64-4BC3-F7B0-1B6EE2649655}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -9292,51 +8828,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -9559,51 +9095,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -9699,51 +9235,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{69C70660-333D-4417-8C25-17E2CB1974B4}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -9940,51 +9476,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -10122,51 +9658,51 @@
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka här för att ändra format</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10692,51 +10228,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -10989,51 +10525,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -11409,51 +10945,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -11531,51 +11067,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -11864,51 +11400,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -12149,51 +11685,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{73E6EECC-44D8-4442-87AA-D47F74CC81A2}" type="slidenum">
@@ -12443,51 +11979,51 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -12787,51 +12323,51 @@
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>13 mars 2025</a:t>
+              <a:t>22 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -14663,51 +14199,51 @@
           <p:cNvPr id="45" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACA8479A-1AA3-4BC9-BEF8-260D849A823D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>13 March 2025</a:t>
+              <a:t>22 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -15643,51 +15179,51 @@
           <p:cNvPr id="30" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E84EAD8F-DA21-4DCE-BE94-6E31F1A2B6D3}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>13 March 2025</a:t>
+              <a:t>22 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -16865,51 +16401,51 @@
           <p:cNvPr id="26" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25B9B566-84AD-4017-9E6D-EA9B75E5DE22}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>13 March 2025</a:t>
+              <a:t>22 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17124,51 +16660,51 @@
           <p:cNvPr id="8" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECC5285E-1DAD-468A-A902-D8922C96C1EC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>13 March 2025</a:t>
+              <a:t>22 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17650,51 +17186,51 @@
           <p:cNvPr id="14" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B64D36C9-7713-4E96-A2CF-CA2F2D0197CA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>13 March 2025</a:t>
+              <a:t>22 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -20399,51 +19935,51 @@
           <p:cNvPr id="12" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE8A7732-E36C-4E7A-B004-26FC113A7CC9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>13 March 2025</a:t>
+              <a:t>22 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66F3B245-DDA1-489D-904E-041F6B01E724}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -20823,51 +20359,51 @@
           <p:cNvPr id="14" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DB2EF4B-409B-4C4B-A50E-490097BC7AE8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>13 March 2025</a:t>
+              <a:t>22 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -22935,51 +22471,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>13 March 2025</a:t>
+              <a:t>22 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -23993,93 +23529,91 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Default Theme</Template>
   <TotalTime></TotalTime>
-  <Words>1340</Words>
+  <Words>1350</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildspel på skärmen (16:9)</PresentationFormat>
-  <Paragraphs>219</Paragraphs>
+  <Paragraphs>221</Paragraphs>
   <Slides>9</Slides>
   <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="21" baseType="lpstr">
+    <vt:vector size="19" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial Black</vt:lpstr>
       <vt:lpstr>Biome</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>DM Sans</vt:lpstr>
       <vt:lpstr>DM Sans Medium</vt:lpstr>
-      <vt:lpstr>Minion Pro</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Mundo Sans Std Medium</vt:lpstr>
       <vt:lpstr>Times</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>PPT KI</vt:lpstr>
       <vt:lpstr>Karolinska Institutet</vt:lpstr>
       <vt:lpstr>KI in numbers</vt:lpstr>
       <vt:lpstr>KI in numbers cont.</vt:lpstr>
       <vt:lpstr>Financial report</vt:lpstr>
       <vt:lpstr>Revenue</vt:lpstr>
       <vt:lpstr>External research funding</vt:lpstr>
       <vt:lpstr>Publications</vt:lpstr>
       <vt:lpstr>Field-normalised citation score </vt:lpstr>
       <vt:lpstr>Education</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint-presentation</dc:title>
   <dc:creator>Sofia Lindberg</dc:creator>