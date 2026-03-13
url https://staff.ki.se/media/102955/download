--- v1 (2025-11-10)
+++ v2 (2026-03-13)
@@ -37,57 +37,51 @@
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483659" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId11"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId12"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="262" r:id="rId3"/>
@@ -297,140 +291,132 @@
     <a:srgbClr val="870052"/>
     <a:srgbClr val="FBABCF"/>
     <a:srgbClr val="F864A7"/>
     <a:srgbClr val="FFA3E7"/>
     <a:srgbClr val="FFCCFF"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="34555" autoAdjust="0"/>
-    <p:restoredTop sz="91457" autoAdjust="0"/>
+    <p:restoredTop sz="77110" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="184" d="100"/>
-          <a:sy n="184" d="100"/>
+          <a:sx n="55" d="100"/>
+          <a:sy n="55" d="100"/>
         </p:scale>
-        <p:origin x="954" y="144"/>
+        <p:origin x="896" y="264"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="446"/>
         <p:guide pos="222"/>
         <p:guide orient="horz" pos="2081"/>
         <p:guide pos="3441"/>
         <p:guide orient="horz" pos="3105"/>
         <p:guide pos="5536"/>
         <p:guide orient="horz" pos="1411"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
-      <p:origin x="0" y="0"/>
+      <p:origin x="0" y="-184"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="90" d="100"/>
         <a:sy n="90" d="100"/>
       </p:scale>
       <p:origin x="0" y="-5552"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="116" d="100"/>
           <a:sy n="116" d="100"/>
         </p:scale>
         <p:origin x="5052" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
-</file>
-[...6 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet4.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="sv-SE"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:doughnutChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
@@ -1090,426 +1076,426 @@
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000001-077A-4BB8-926A-BEB0ADB8851E}"/>
+                <c16:uniqueId val="{00000001-F9BD-4D0F-8763-7E436213BD2B}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent4"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000003-077A-4BB8-926A-BEB0ADB8851E}"/>
+                <c16:uniqueId val="{00000003-F9BD-4D0F-8763-7E436213BD2B}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="2"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent4"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000005-077A-4BB8-926A-BEB0ADB8851E}"/>
+                <c16:uniqueId val="{00000005-F9BD-4D0F-8763-7E436213BD2B}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="3"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000007-077A-4BB8-926A-BEB0ADB8851E}"/>
+                <c16:uniqueId val="{00000007-F9BD-4D0F-8763-7E436213BD2B}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="4"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000009-077A-4BB8-926A-BEB0ADB8851E}"/>
+                <c16:uniqueId val="{00000009-F9BD-4D0F-8763-7E436213BD2B}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="5"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000B-077A-4BB8-926A-BEB0ADB8851E}"/>
+                <c16:uniqueId val="{0000000B-F9BD-4D0F-8763-7E436213BD2B}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="6"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000D-077A-4BB8-926A-BEB0ADB8851E}"/>
+                <c16:uniqueId val="{0000000D-F9BD-4D0F-8763-7E436213BD2B}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000F-077A-4BB8-926A-BEB0ADB8851E}"/>
+                <c16:uniqueId val="{0000000F-F9BD-4D0F-8763-7E436213BD2B}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="8"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000011-077A-4BB8-926A-BEB0ADB8851E}"/>
+                <c16:uniqueId val="{00000011-F9BD-4D0F-8763-7E436213BD2B}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="outEnd"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000001-077A-4BB8-926A-BEB0ADB8851E}"/>
+                  <c16:uniqueId val="{00000001-F9BD-4D0F-8763-7E436213BD2B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="outEnd"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000003-077A-4BB8-926A-BEB0ADB8851E}"/>
+                  <c16:uniqueId val="{00000003-F9BD-4D0F-8763-7E436213BD2B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="outEnd"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000005-077A-4BB8-926A-BEB0ADB8851E}"/>
+                  <c16:uniqueId val="{00000005-F9BD-4D0F-8763-7E436213BD2B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="outEnd"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000007-077A-4BB8-926A-BEB0ADB8851E}"/>
+                  <c16:uniqueId val="{00000007-F9BD-4D0F-8763-7E436213BD2B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="0"/>
                   <c:y val="1.5625E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000009-077A-4BB8-926A-BEB0ADB8851E}"/>
+                  <c16:uniqueId val="{00000009-F9BD-4D0F-8763-7E436213BD2B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="5"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="5.5208333333333255E-2"/>
                   <c:y val="-6.2498769685039373E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
@@ -1520,99 +1506,99 @@
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.21771866797900263"/>
                       <c:h val="0.11924999999999998"/>
                     </c:manualLayout>
                   </c15:layout>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000B-077A-4BB8-926A-BEB0ADB8851E}"/>
+                  <c16:uniqueId val="{0000000B-F9BD-4D0F-8763-7E436213BD2B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="6"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="1.4583333333333257E-2"/>
                   <c:y val="3.4791092519685041E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000D-077A-4BB8-926A-BEB0ADB8851E}"/>
+                  <c16:uniqueId val="{0000000D-F9BD-4D0F-8763-7E436213BD2B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-0.15625008202099736"/>
                   <c:y val="1.4062746062992012E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:noAutofit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
@@ -1623,51 +1609,51 @@
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.22748966535433068"/>
                       <c:h val="4.8250000000000001E-2"/>
                     </c:manualLayout>
                   </c15:layout>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000F-077A-4BB8-926A-BEB0ADB8851E}"/>
+                  <c16:uniqueId val="{0000000F-F9BD-4D0F-8763-7E436213BD2B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-6.2500082020997369E-2"/>
                   <c:y val="-3.2812500000000112E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:noAutofit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
@@ -1678,51 +1664,51 @@
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="sv-SE"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="1"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:layout>
                     <c:manualLayout>
                       <c:w val="0.22231249999999997"/>
                       <c:h val="4.9125000000000002E-2"/>
                     </c:manualLayout>
                   </c15:layout>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000011-077A-4BB8-926A-BEB0ADB8851E}"/>
+                  <c16:uniqueId val="{00000011-F9BD-4D0F-8763-7E436213BD2B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
@@ -1740,1342 +1726,165 @@
             <c:showLeaderLines val="1"/>
             <c:leaderLines>
               <c:spPr>
                 <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="35000"/>
                       <a:lumOff val="65000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:round/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
             </c:leaderLines>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Blad1!$A$2:$A$10</c:f>
               <c:strCache>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>Direct government funding 40 %</c:v>
+                  <c:v>Direct government funding 41 %</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Research councils 13 %</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Other government agencies 6 %</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Municipalities and county councils 5 %</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Swedish foundations and organisations 19 %</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Foreign foundations and organisations 9 %</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Swedisch companies 2 %</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>Foreign companies 3 %</c:v>
+                  <c:v>Foreign companies 2 %</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Financial income 3 %</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Blad1!$B$2:$B$10</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>40</c:v>
+                  <c:v>41</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>3</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000012-077A-4BB8-926A-BEB0ADB8851E}"/>
+              <c16:uniqueId val="{00000012-F9BD-4D0F-8763-7E436213BD2B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="1"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="206"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst>
       <a:glow rad="63500">
         <a:schemeClr val="accent1">
           <a:satMod val="175000"/>
           <a:alpha val="40000"/>
         </a:schemeClr>
       </a:glow>
     </a:effectLst>
-  </c:spPr>
-[...1175 lines deleted...]
-    <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
@@ -3130,130 +1939,50 @@
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
     <a:lumOff val="30000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
     <a:lumOff val="50000"/>
   </cs:variation>
 </cs:colorStyle>
 </file>
 
 <file path=ppt/charts/colors3.xml><?xml version="1.0" encoding="utf-8"?>
-<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
-[...78 lines deleted...]
-<file path=ppt/charts/colors5.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
@@ -4803,1071 +3532,50 @@
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="1197" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
-<file path=ppt/charts/style4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1019 lines deleted...]
-
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5922,51 +3630,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FE55F06C-14D9-45DF-81A5-F25F8ECA9886}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-10-22</a:t>
+              <a:t>2026-02-27</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FB76FC6-F54A-4120-9B8F-E28E2A08E522}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -6786,51 +4494,51 @@
               </a:rPr>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> 2024</a:t>
+              <a:t> 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -6891,55 +4599,55 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914400" y="4343400"/>
             <a:ext cx="5322912" cy="4114800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0"/>
-              <a:t> 2024 (</a:t>
+              <a:t> 2025 (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
-              <a:t>comparative figures for 2023 are shown in parentheses). </a:t>
+              <a:t>comparative figures for 2024 are shown in parentheses). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>However, the figures for the number of students and doctoral students are not completely comparable. "Full-time equivalent students" are not individuals but a measure of educational volume (roughly: if we combine all registered students/individuals on different courses and programs who study different number of credits to full-year students, we get this figure), the number of reported "doctoral students" here is however individuals.</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -7010,59 +4718,59 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914400" y="4343400"/>
             <a:ext cx="5250904" cy="4114800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="0" dirty="0"/>
-              <a:t> 2024 (</a:t>
+              <a:t> 2025 (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>comparative figures for 2023 are shown in parentheses). </a:t>
+              <a:t>comparative figures for 2024 are shown in parentheses). </a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>3</a:t>
             </a:fld>
@@ -7105,154 +4813,189 @@
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t>Revenue Karolinska Institutet 2024: a total </a:t>
+              <a:t>Revenue Karolinska Institutet 2025: a total </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t> SEK 8,682 </a:t>
+              <a:t> SEK </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>8 650,1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
-              <a:t>million </a:t>
+              <a:t>million</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t>Research 85 % </a:t>
+              <a:t>Research 84 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>Education</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t> 15 %</a:t>
+              <a:t> 16 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>Direct</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>government</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>funding</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t> 40 %</a:t>
+              <a:t> 41 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>External</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>funding</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t> 60 %</a:t>
-            </a:r>
+              <a:t> 59 %</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
-              <a:t> 2024)</a:t>
+              <a:t> 2025)</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
@@ -7298,93 +5041,125 @@
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t>Revenue Karolinska Institutet 2024: a total </a:t>
+              <a:t>Revenue Karolinska Institutet 2025: a total </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t> SEK 8,682 </a:t>
+              <a:t> SEK </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>8 650,1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
-              <a:t>million </a:t>
+              <a:t>million</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>Divided</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>into</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t>Direct government funding 40 % </a:t>
+              <a:t>Direct government funding 41 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Research councils 13 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Other government agencies 6 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Municipalities and county councils 5 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Swedish foundations and </a:t>
             </a:r>
@@ -7398,64 +5173,66 @@
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Foreign foundations and </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>organisations</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> 9 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Swedish companies 2 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t>Foreign companies 3 % </a:t>
+              <a:t>Foreign companies 2 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Financial income 3 %</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
-              <a:t>(Annual Report 2024)</a:t>
+              <a:t>(Annual Report 2025)</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>5</a:t>
             </a:fld>
@@ -7500,51 +5277,51 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
-              <a:t>(Annual Report 2024)</a:t>
+              <a:t>(Annual Report 2025)</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" noProof="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
@@ -7629,51 +5406,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr rtl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>In recent years, KI's researchers have annually published 7,200 scientific articles (articles + reviews). Of these articles, approximately 90 percent have been published in collaboration with other actors outside the own university, in Sweden and abroad. A significant proportion of the research has some form of connection to health care. Many of the scientific articles are also included as partial works in the doctoral theses presented at KI. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
-              <a:t>(Annual Report 2024)</a:t>
+              <a:t>(Annual Report 2025)</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>7</a:t>
             </a:fld>
@@ -7731,73 +5508,76 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>The field-standardized citation rate reflects an article's citation rate in relation to the citation rate of comparable publications, i.e. publications of the same document type, published in the same year and within the same subject. The diagram shows the average value per year of the field-standardized citation rate for all articles from KI. This is set in the diagram in relation to the corresponding Cf value for the EU's 27 member states (EU27) and Great Britain. KI's citation rate is at a level that exceeds the corresponding value for the EU27 and Great Britain.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="396"/>
+              </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
-              <a:t> 2024</a:t>
+              <a:t> 2025</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
@@ -7886,74 +5666,74 @@
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>’</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>programmes</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
-              <a:t>32 </a:t>
+              <a:t>31 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>Continuation</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>programmes</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
-              <a:t>98 </a:t>
+              <a:t>110 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>Freestanding</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
               <a:t>courses</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
@@ -8019,51 +5799,51 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="-"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Number of participants in contract education:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> 1,565 </a:t>
+              <a:t> 6,100 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="-"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
@@ -8080,93 +5860,93 @@
               <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>performance</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>equivalents</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>: 6,168, </a:t>
+              <a:t>: 6,176, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>which</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> gives a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>performance</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>level</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> at 91,4 %*</a:t>
+              <a:t> at 91,7 %*</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Biome" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>*</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="sv-SE" spc="-20" dirty="0"/>
               <a:t>When we calculate the performance level, the students' course registration credits are converted into full-time equivalent students and their completed credits into annual performance equivalents. The performance level is then calculated as the ratio between the number of annual performance equivalents and the number of full-time equivalent students and is expressed as a percentage.</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" b="1" dirty="0"/>
@@ -8714,51 +6494,51 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BAE95B-2559-ED1B-6634-A3474D45E63E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F25A6EB3-5C64-4BC3-F7B0-1B6EE2649655}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -8828,51 +6608,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -9095,51 +6875,51 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -9235,51 +7015,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{69C70660-333D-4417-8C25-17E2CB1974B4}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -9476,51 +7256,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -9658,51 +7438,51 @@
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka här för att ändra format</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10228,51 +8008,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -10525,51 +8305,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -10945,51 +8725,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -11067,51 +8847,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C6D694F-6DFB-473E-9B0F-C6F7C16EE313}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -11400,51 +9180,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -11685,51 +9465,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E9AD4C84-4EA5-437F-A12A-61931E0C0F5F}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{73E6EECC-44D8-4442-87AA-D47F74CC81A2}" type="slidenum">
@@ -11979,51 +9759,51 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -12323,51 +10103,51 @@
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>22 oktober 2025</a:t>
+              <a:t>27 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -12876,55 +10656,55 @@
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -12956,54 +10736,53 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B00FD67-7CC7-5FFE-9B5F-2F917CB05D25}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>in </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0" err="1"/>
               <a:t>numbers</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="sv-SE" dirty="0"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t> 2026</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -13028,54 +10807,169 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="255971" y="339502"/>
             <a:ext cx="8492493" cy="857250"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>KI in </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0" err="1"/>
               <a:t>numbers</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="textruta 4">
+          <p:cNvPr id="36" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06D5F705-AAF7-D4CC-D3F5-F7D9028975DD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{334AC483-96DA-E232-E451-1582CCDCA642}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="255983" y="4790351"/>
+            <a:ext cx="3235897" cy="171450"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>Karolinska Institutet – a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
+              <a:t>medical</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
+              <a:t>university</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACA8479A-1AA3-4BC9-BEF8-260D849A823D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
+              <a:rPr lang="en-GB"/>
+              <a:pPr/>
+              <a:t>27 February 2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för bildnummer 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:pPr/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="textruta 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{724A04B6-7B8E-E6CB-9C22-C23924B9F501}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="485535" y="1420033"/>
             <a:ext cx="2732510" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
@@ -13119,283 +11013,283 @@
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> students</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>6,483</a:t>
+              <a:t>6,743</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(6,517)</a:t>
+              <a:t>(6,483)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="textruta 6">
+          <p:cNvPr id="3" name="textruta 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85687482-CDCE-8227-D280-F60E4CC1C809}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29971644-595D-46B6-C4D2-43E638C35BD4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3491880" y="1640504"/>
             <a:ext cx="1010477" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>73 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Women</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1000" dirty="0">
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="textruta 7">
+          <p:cNvPr id="6" name="textruta 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB704997-1E80-89CD-67FE-4F3C2C7EF11D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49F3DB9C-DEB3-1E51-D79E-537E10537478}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4644008" y="1640504"/>
             <a:ext cx="1010477" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>27 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Men</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="textruta 8">
+          <p:cNvPr id="16" name="textruta 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CA0D1FE-BDEF-75E0-28E2-D637C6D625ED}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18F4B649-B614-2C6B-6984-998F195BD57F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5940152" y="1419622"/>
             <a:ext cx="2732510" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Degrees</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>2,860</a:t>
+              <a:t>2,587</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(2,794)</a:t>
+              <a:t>(2,860)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Rektangel 9">
+          <p:cNvPr id="23" name="Rektangel 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CB8FEE7-C6FA-2392-0709-3EE31942CCF5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97EFE644-F8F2-2204-9663-C5AA11EEF4D9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="354013" y="2469262"/>
             <a:ext cx="8424227" cy="1140270"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent4"/>
           </a:solidFill>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:noFill/>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="med" len="med"/>
@@ -13422,54 +11316,54 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="sv-SE" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Times"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="textruta 10">
+          <p:cNvPr id="24" name="textruta 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5D2DE0C-6328-60A2-5D98-41970021CE03}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88E330F3-500E-34DF-883A-70FE2D0AB7B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="475703" y="2583365"/>
             <a:ext cx="2732510" cy="1938992"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0" err="1">
                 <a:solidFill>
@@ -13483,206 +11377,206 @@
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> students</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>2,230</a:t>
+              <a:t>2,215</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(2,173)</a:t>
+              <a:t>(2,230)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="textruta 11">
+          <p:cNvPr id="25" name="textruta 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD40E929-B418-8569-06FC-A11E05D74FA9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCA2D84E-5A3C-F545-919F-D6711C15F87D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3491880" y="2786034"/>
             <a:ext cx="1010477" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>62 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Women</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1000" dirty="0">
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="textruta 12">
+          <p:cNvPr id="30" name="textruta 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E683E065-9787-AEBD-6D53-1003C0555BE2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48259BB4-1E6C-C07E-FA0A-7DA373CFC515}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4641643" y="2792327"/>
             <a:ext cx="1010477" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>38 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Men</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="textruta 13">
+          <p:cNvPr id="31" name="textruta 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E965C9D-62D3-42A5-FAE2-4242502A7BCD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C141129-77F3-9144-A30D-51AFED12B2D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5940152" y="2575620"/>
             <a:ext cx="2732510" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0" err="1">
@@ -13718,570 +11612,455 @@
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> (PhD)</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>341</a:t>
+              <a:t>347</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(329)</a:t>
+              <a:t>(341)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="D40963"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="17" name="Grupp 16">
+          <p:cNvPr id="32" name="Grupp 31">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{285594F4-A0B1-FB5A-5935-71C95C042CBC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E662A5A-0775-D351-D753-15E6A259493F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="4242014" y="1603218"/>
             <a:ext cx="659972" cy="659972"/>
             <a:chOff x="5869470" y="685302"/>
             <a:chExt cx="734320" cy="734320"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="18" name="Ellips 17">
+            <p:cNvPr id="33" name="Ellips 32">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F42F6BA2-7FFF-38EC-8883-4BCCE48E98A0}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A4C26F5-B5A8-A62F-6BBC-14031926FC89}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5869470" y="685302"/>
               <a:ext cx="734320" cy="734320"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:noFill/>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd type="none" w="med" len="med"/>
               <a:tailEnd type="none" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
               <a:prstTxWarp prst="textNoShape">
                 <a:avLst/>
               </a:prstTxWarp>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
               </a:pPr>
-              <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
-            <p:cNvPr id="19" name="Grupp 18">
+            <p:cNvPr id="34" name="Grupp 33">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F3CBCA9-196D-374F-61E7-5F6C02F4D4A3}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D2A0DBE-1D43-1658-602A-19BBD1079855}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="5984911" y="763748"/>
               <a:ext cx="502365" cy="561330"/>
               <a:chOff x="5633601" y="822761"/>
               <a:chExt cx="957614" cy="1070014"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:pic>
             <p:nvPicPr>
-              <p:cNvPr id="20" name="Bild 19" descr="Kvinna med hel fyllning">
+              <p:cNvPr id="35" name="Bild 34" descr="Kvinna med hel fyllning">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41AF4CCA-C40A-6AD5-7A6F-51C945F47C2F}"/>
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89F3C087-9D3A-32D9-5529-93E57D63993E}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvPicPr>
                 <a:picLocks noChangeAspect="1"/>
               </p:cNvPicPr>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill>
               <a:blip r:embed="rId3">
                 <a:extLst>
                   <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                     <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
                   </a:ext>
                 </a:extLst>
               </a:blip>
               <a:stretch>
                 <a:fillRect/>
               </a:stretch>
             </p:blipFill>
             <p:spPr>
               <a:xfrm>
                 <a:off x="5633601" y="978375"/>
                 <a:ext cx="914400" cy="914400"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
           </p:pic>
           <p:pic>
             <p:nvPicPr>
-              <p:cNvPr id="21" name="Bild 20" descr="Man med hel fyllning">
+              <p:cNvPr id="37" name="Bild 36" descr="Man med hel fyllning">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C6FF47F-8815-B36D-D3A0-70210BC23E6E}"/>
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8D16891-C39C-698B-2A33-ED9A76BF858F}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvPicPr>
                 <a:picLocks noChangeAspect="1"/>
               </p:cNvPicPr>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill>
               <a:blip r:embed="rId5">
                 <a:extLst>
                   <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                     <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
                   </a:ext>
                 </a:extLst>
               </a:blip>
               <a:stretch>
                 <a:fillRect/>
               </a:stretch>
             </p:blipFill>
             <p:spPr>
               <a:xfrm>
                 <a:off x="5676815" y="822761"/>
                 <a:ext cx="914400" cy="914400"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
           </p:pic>
         </p:grpSp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="22" name="Grupp 21">
+          <p:cNvPr id="38" name="Grupp 37">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24D100E4-4F31-19D5-1D10-84041BB9FA32}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BEE878C-9099-957C-3B5C-0C82F16A0764}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="4239649" y="2715766"/>
             <a:ext cx="659972" cy="659972"/>
             <a:chOff x="5869470" y="685302"/>
             <a:chExt cx="734320" cy="734320"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="26" name="Ellips 25">
+            <p:cNvPr id="39" name="Ellips 38">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C81E6B2-C074-5183-9725-5DDCBAEDDA81}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4744F437-D589-74E3-F4AF-202DAFB8226D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="5869470" y="685302"/>
               <a:ext cx="734320" cy="734320"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:noFill/>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd type="none" w="med" len="med"/>
               <a:tailEnd type="none" w="med" len="med"/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
               <a:prstTxWarp prst="textNoShape">
                 <a:avLst/>
               </a:prstTxWarp>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
               </a:pPr>
-              <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:grpSp>
           <p:nvGrpSpPr>
-            <p:cNvPr id="27" name="Grupp 26">
+            <p:cNvPr id="40" name="Grupp 39">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09047317-D0AD-C97A-A156-174AFDF9C080}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD9C4260-A5F0-10DE-388A-1E75147A6A3B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="5984911" y="763748"/>
               <a:ext cx="502365" cy="561330"/>
               <a:chOff x="5633601" y="822761"/>
               <a:chExt cx="957614" cy="1070014"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:pic>
             <p:nvPicPr>
-              <p:cNvPr id="28" name="Bild 27" descr="Kvinna med hel fyllning">
+              <p:cNvPr id="41" name="Bild 40" descr="Kvinna med hel fyllning">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6A95941-5273-0D12-C2F2-FCB3892054A3}"/>
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48F1A4FC-5AEB-BFCF-2F33-698421CD13AB}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvPicPr>
                 <a:picLocks noChangeAspect="1"/>
               </p:cNvPicPr>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill>
               <a:blip r:embed="rId3">
                 <a:extLst>
                   <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                     <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
                   </a:ext>
                 </a:extLst>
               </a:blip>
               <a:stretch>
                 <a:fillRect/>
               </a:stretch>
             </p:blipFill>
             <p:spPr>
               <a:xfrm>
                 <a:off x="5633601" y="978375"/>
                 <a:ext cx="914400" cy="914400"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
           </p:pic>
           <p:pic>
             <p:nvPicPr>
-              <p:cNvPr id="29" name="Bild 28" descr="Man med hel fyllning">
+              <p:cNvPr id="42" name="Bild 41" descr="Man med hel fyllning">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2CEA627-9C3A-DC2A-4B84-DF7ECC58D5DB}"/>
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09F4404A-B655-82E4-10B9-0D2901A83E03}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvPicPr>
                 <a:picLocks noChangeAspect="1"/>
               </p:cNvPicPr>
               <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill>
               <a:blip r:embed="rId5">
                 <a:extLst>
                   <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                     <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
                   </a:ext>
                 </a:extLst>
               </a:blip>
               <a:stretch>
                 <a:fillRect/>
               </a:stretch>
             </p:blipFill>
             <p:spPr>
               <a:xfrm>
                 <a:off x="5676815" y="822761"/>
                 <a:ext cx="914400" cy="914400"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
           </p:pic>
         </p:grpSp>
       </p:grpSp>
-      <p:sp>
-[...113 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2567985187"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -14365,112 +12144,112 @@
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Professors</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>328</a:t>
+              <a:t>329</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(341) </a:t>
+              <a:t>(328) </a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="4800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="textruta 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C7AEB1E-2AC0-168A-EBC9-4045CA0D71A0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3491880" y="1640504"/>
             <a:ext cx="1010477" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>34 %</a:t>
+              <a:t>35 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Women</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1000" dirty="0">
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="textruta 9">
             <a:extLst>
@@ -14481,51 +12260,51 @@
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4644008" y="1640504"/>
             <a:ext cx="1010477" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>66 %</a:t>
+              <a:t>65 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Men</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="16" name="Grupp 15" descr="External research grants 4,8 SEK billion">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F0ECDEF-7AE2-6AE2-3841-13D3D0BE1636}"/>
@@ -14554,99 +12333,99 @@
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5571974" y="3690198"/>
               <a:ext cx="2924383" cy="1046440"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rIns="72000" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="r"/>
               <a:r>
+                <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mj-lt"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Research </a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="sv-SE" sz="1400" dirty="0" err="1">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>External</a:t>
-[...9 lines deleted...]
-                <a:t> research grants</a:t>
+                <a:t>income</a:t>
               </a:r>
               <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr>
                 <a:tabLst>
                   <a:tab pos="1520825" algn="l"/>
                 </a:tabLst>
               </a:pPr>
               <a:r>
                 <a:rPr lang="sv-SE" sz="4800" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="D40963"/>
                   </a:solidFill>
                   <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>     	</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="sv-SE" sz="4800" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
                 </a:rPr>
-                <a:t>5</a:t>
+                <a:t>7</a:t>
               </a:r>
               <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="D40963"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="18" name="Rektangel 17">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50786415-E479-85D7-6F2E-13DEBBE368B9}"/>
                 </a:ext>
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
@@ -14807,60 +12586,60 @@
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Employees</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>5,021 </a:t>
+              <a:t>5,675 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(4,986)</a:t>
+              <a:t>(5,643)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="textruta 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73A5356D-8551-B002-A867-2DDAB1781E17}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -14978,61 +12757,61 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPts val="3500"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>832 </a:t>
+              <a:t>802 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>(833) </a:t>
+              <a:t>(803) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>teachers</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r">
               <a:lnSpc>
                 <a:spcPts val="3500"/>
               </a:lnSpc>
             </a:pPr>
@@ -15179,51 +12958,51 @@
           <p:cNvPr id="30" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E84EAD8F-DA21-4DCE-BE94-6E31F1A2B6D3}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>22 October 2025</a:t>
+              <a:t>27 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -15904,102 +13683,102 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="395537" y="2469308"/>
             <a:ext cx="792088" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>85 %</a:t>
+              <a:t>84 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Research</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="textruta 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C513053D-0C8B-0409-C9DD-D7AC8580714B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="825392" y="3571522"/>
             <a:ext cx="902504" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>15 %</a:t>
+              <a:t>16 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Education</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1000" dirty="0">
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="textruta 22">
             <a:extLst>
@@ -16009,51 +13788,51 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8028384" y="2507191"/>
             <a:ext cx="1010477" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>40 %</a:t>
+              <a:t>41 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Direct</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>government</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
@@ -16087,51 +13866,51 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7668344" y="3565958"/>
             <a:ext cx="1219672" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="2000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>60 %</a:t>
+              <a:t>59 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>External</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>funding</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1000" dirty="0">
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
@@ -16401,51 +14180,51 @@
           <p:cNvPr id="26" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25B9B566-84AD-4017-9E6D-EA9B75E5DE22}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>22 October 2025</a:t>
+              <a:t>27 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -16660,103 +14439,103 @@
           <p:cNvPr id="8" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECC5285E-1DAD-468A-A902-D8922C96C1EC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>22 October 2025</a:t>
+              <a:t>27 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="2" name="Diagram 1" descr="Ett diagram som visar KI:s intäkter år 2021, totalt 7 560 mnkr. Intäkterna fördelas på:&#10;Statsanslag 43 % &#10;Forskningsråd 14 % &#10;Övriga statliga 6 % &#10;Kommuner och regioner 5 %  &#10;Svenska stiftelser och organisationer 17 %&#10;Utländska stiftelser och organisationer 8 %&#10;Svenska företag 3 % &#10;Utländska företag 3 %&#10;Finansiella intäkter 1 %">
+          <p:cNvPr id="3" name="Diagram 2" descr="Ett diagram som visar KI:s intäkter år 2021, totalt 7 560 mnkr. Intäkterna fördelas på:&#10;Statsanslag 43 % &#10;Forskningsråd 14 % &#10;Övriga statliga 6 % &#10;Kommuner och regioner 5 %  &#10;Svenska stiftelser och organisationer 17 %&#10;Utländska stiftelser och organisationer 8 %&#10;Svenska företag 3 % &#10;Utländska företag 3 %&#10;Finansiella intäkter 1 %">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{264932EC-0038-5860-A19E-8F513145B911}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A909754-7365-C7A5-ACD8-86C513F29615}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4109097095"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3070566845"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3084512" y="451966"/>
           <a:ext cx="6096000" cy="4064000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2283895708"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
@@ -17186,105 +14965,105 @@
           <p:cNvPr id="14" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B64D36C9-7713-4E96-A2CF-CA2F2D0197CA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>22 October 2025</a:t>
+              <a:t>27 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="2" name="Tabell 8" descr="En tabell som visar de tio största externa bidragsfinansiärerna för KI 2021-2023. Totalt 3 686 miljoner kronor för år 2023. (Förändring 2022-2023 är 5 %).">
+          <p:cNvPr id="47" name="Tabell 8" descr="A table showing the ten largest external funding sources for KI 2023–2025. A total of SEK 3,805 million for 2025. ">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2C5334E-D4A8-875E-3A8E-44E0F688F4CA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3A35E83-86C2-AE15-9855-3B47497C33EC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1188146094"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3259942867"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="349816" y="1533994"/>
           <a:ext cx="6216986" cy="2909964"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2377281">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1682249626"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="705252">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -17347,143 +15126,143 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>2022</a:t>
+                        <a:t>2023</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>2023</a:t>
+                        <a:t>2024</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>2024</a:t>
+                        <a:t>2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
@@ -17493,51 +15272,51 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>Change 2023-2024</a:t>
+                        <a:t>Change 2024-2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
@@ -17591,110 +15370,110 @@
                         <a:t>The Swedish Research Council</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>958</a:t>
+                        <a:t>979</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>979</a:t>
+                        <a:t>964</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>964</a:t>
+                        <a:t>893</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
@@ -17702,51 +15481,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>-2 %</a:t>
+                        <a:t>-7 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
@@ -17764,96 +15543,96 @@
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
                         <a:t>European</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t> Union</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>299</a:t>
+                        <a:t>296</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>296</a:t>
+                        <a:t>366</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>366</a:t>
+                        <a:t>394</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -17863,51 +15642,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>24 %</a:t>
+                        <a:t>8 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3736923764"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -17936,96 +15715,96 @@
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>The Swedish Cancer </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
                         <a:t>Society</a:t>
                       </a:r>
                       <a:endParaRPr lang="sv-SE" sz="900" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>279</a:t>
+                        <a:t>326</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>326</a:t>
+                        <a:t>336</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>336</a:t>
+                        <a:t>353</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -18035,147 +15814,147 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>3 %</a:t>
+                        <a:t>5 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="189753433"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>The Wallenberg Foundations</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>229</a:t>
+                        <a:t>207</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>207</a:t>
+                        <a:t>241</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>241</a:t>
+                        <a:t>201</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -18185,147 +15964,147 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>16 %</a:t>
+                        <a:t>-17 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4255872465"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>Forte</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>148</a:t>
+                        <a:t>161</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>161</a:t>
+                        <a:t>165</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>165</a:t>
+                        <a:t>184</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -18335,51 +16114,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>2 %</a:t>
+                        <a:t>12 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4277017575"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -18407,96 +16186,96 @@
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
                         <a:t>Technology</a:t>
                       </a:r>
                       <a:endParaRPr lang="sv-SE" sz="900" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>116</a:t>
+                        <a:t>120</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>120</a:t>
+                        <a:t>124</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>124</a:t>
+                        <a:t>116</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -18506,51 +16285,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>3 %</a:t>
+                        <a:t>-6 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1198820540"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -18560,123 +16339,126 @@
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>The Swedish </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
-                        <a:t>Childhood</a:t>
+                        <a:t>Heart</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t> Cancer </a:t>
+                        <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
-                        <a:t>Fund</a:t>
+                        <a:t>Lung</a:t>
                       </a:r>
-                      <a:endParaRPr lang="sv-SE" sz="900" dirty="0"/>
-[...13 lines deleted...]
-                      <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>128</a:t>
+                        <a:t> Foundation</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>142</a:t>
+                        <a:t>85</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>118</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>118</a:t>
+                        <a:t>115</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -18686,51 +16468,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>-17 %</a:t>
+                        <a:t>4 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="392298131"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -18740,126 +16522,123 @@
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>The Swedish </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
-                        <a:t>Heart</a:t>
+                        <a:t>Childhood</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t> </a:t>
+                        <a:t> Cancer </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
-                        <a:t>Lung</a:t>
+                        <a:t>Fund</a:t>
                       </a:r>
+                      <a:endParaRPr lang="sv-SE" sz="900" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t> Foundation</a:t>
+                        <a:t>142</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>99</a:t>
-[...17 lines deleted...]
-                        <a:t>85</a:t>
+                        <a:t>111</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>111</a:t>
+                        <a:t>100</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -18869,51 +16648,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>31 %</a:t>
+                        <a:t>-15 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="879538754"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -18937,96 +16716,96 @@
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>Stockholm County Council</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>90</a:t>
+                        <a:t>94</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>94</a:t>
+                        <a:t>89</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>89</a:t>
+                        <a:t>97</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19036,147 +16815,147 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>-5 %</a:t>
+                        <a:t>9 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2870487890"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>The Swedish Brain Foundation</a:t>
+                        <a:t>KI - Foundations</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>41</a:t>
+                        <a:t>38</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>47</a:t>
+                        <a:t>55</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>61</a:t>
+                        <a:t>69</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19186,51 +16965,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>30 %</a:t>
+                        <a:t>25 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3036803588"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -19247,114 +17026,114 @@
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>1,113</a:t>
+                        <a:t>1,238</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>1,202</a:t>
+                        <a:t>1,298</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>1,292</a:t>
+                        <a:t>1,284</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19364,137 +17143,93 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>7 %</a:t>
+                        <a:t>-1 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="677143210"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="238260">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
                         <a:t>Total</a:t>
-                      </a:r>
-[...42 lines deleted...]
-                        <a:t>3,516</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
@@ -19549,84 +17284,128 @@
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
                         <a:t>3,867</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
+                        <a:t>3,805</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>5 %</a:t>
+                        <a:t>-2 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
@@ -19935,123 +17714,95 @@
           <p:cNvPr id="12" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE8A7732-E36C-4E7A-B004-26FC113A7CC9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>22 October 2025</a:t>
+              <a:t>27 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66F3B245-DDA1-489D-904E-041F6B01E724}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:graphicFrame>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Diagram 1" descr="Ett diagram med det antal publikationer med någon adress som kan anknytas till KI i antingen Web of Science eller Medline mellan åren 2007-2022.">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85A7237F-BBCE-5DB0-36D3-57BCBEAE57FE}"/>
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877ED3A5-F2CA-7592-2A50-6E31C04CE1F9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E133BD87-EDF4-8041-61E8-62A662FEDB4E}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm rot="16200000">
             <a:off x="6830009" y="1531571"/>
             <a:ext cx="4704054" cy="1887868"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
@@ -20211,56 +17962,380 @@
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Data specified as deriving from MEDLINE®/PubMed® NLM represents that its data were formulated with a reasonable standard of care. Except for this representation, NLM makes no representation or warranties, expressed or implied. This includes, but is not limited to, any implied warranty of merchantability or fitness for a particular purpose, with respect to the NLM data, and NLM specifically disclaims any such warranties and representations. All complete or parts of U.S. National Library of Medicine (NLM) records that are redistributed or retransmitted must be identified as being derived from NLM data. Certain data included</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>herein are derived from the © Web of Science 2025 of Clarivate Analytics (UK) Ltd. All rights reserved. No part of these materials may be reproduced, stored in a retrieval system or transmitted in any form or by any means, including electronic, mechanical, photographic, magnetic or other means without the express permission of Karolinska Institutet University Library</a:t>
+              <a:t>herein are derived from the © Web of Science 2026 of Clarivate Analytics (UK) Ltd. All rights reserved. No part of these materials may be reproduced, stored in a retrieval system or transmitted in any form or by any means, including electronic, mechanical, photographic, magnetic or other means without the express permission of Karolinska Institutet University Library.</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" altLang="sv-SE" sz="600" spc="-20" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Bildobjekt 6" descr="An image showing the number of publications by KI researchers from 2009 to 2024.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48B656F1-D73E-8794-5DD4-6A6375E11D52}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:srcRect b="10940"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="314851" y="1389173"/>
+            <a:ext cx="5943442" cy="3126793"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="textruta 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDDDA72C-6A16-EA92-5AF5-854F9FA3BE68}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6804249" y="1971586"/>
+            <a:ext cx="1433854" cy="938719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Article</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1100" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="sv-SE" sz="1100" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Review</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="sv-SE" sz="1100" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Other</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1100" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rektangel 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8305F35-9F24-0E11-533E-CC44E321C10C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6705913" y="2040542"/>
+            <a:ext cx="96787" cy="103262"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rektangel 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0173DD2-83DD-4041-558B-328D01410819}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6705913" y="2375822"/>
+            <a:ext cx="96787" cy="103262"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rektangel 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E949E1A3-5821-AD3A-DE2E-BE77D78657B4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6705913" y="2711102"/>
+            <a:ext cx="96787" cy="103262"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="sv-SE" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1450443481"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -20359,117 +18434,95 @@
           <p:cNvPr id="14" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DB2EF4B-409B-4C4B-A50E-490097BC7AE8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>22 October 2025</a:t>
+              <a:t>27 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:graphicFrame>
-[...1 lines deleted...]
-          <p:cNvPr id="6" name="Diagram 5" descr="I diagrammet visas medelvärdet per år av den fältnormerade citeringsgraden för alla artiklar från KI. Detta ställs i diagrammet i relation till motsvarande Cf-värde för EU:s 27 medlemsländer (EU27) och Storbritannien. KI:s citeringsgrad ligger på en nivå som överstiger motsvarande värde för EU27 och Storbritannien. ">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BAFEEC8-1ABC-49A2-78C1-476BF7E94D0D}"/>
-[...21 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63653FD2-ED0D-789E-90BD-6A1154861C4D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F221F138-C5BB-CA53-E84C-299A9C695970}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm rot="16200000">
             <a:off x="6249999" y="2433127"/>
             <a:ext cx="4559866" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
@@ -20612,624 +18665,823 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Indikatorer av typen fältnormerad citeringsgrad kräver en viss volym på publikationer och citeringar för att bli statistiskt signifikanta. Publikationer från 2024 har ännu fått relativt få citeringar och kan därför inte anses utgöra stabila och tillförlitliga resultat och har därför exkluderats från ovanstående figur. </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:t>Indikatorer av typen fältnormerad citeringsgrad kräver en viss volym på publikationer och citeringar för att bli statistiskt signifikanta. Publikationer från 2025 har ännu fått relativt få citeringar och kan därför inte anses utgöra stabila och tillförlitliga resultat och har därför exkluderats från ovanstående figur. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Certain</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> data </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>included</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>herein</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>are</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>derived</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t> from the © Web </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:t> from the© Web </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t> Science 2024 </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:t> Science 2026 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Clarivate</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Analytics</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> (UK) Ltd. All </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>rights</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>reserved</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>. No part </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>these</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> materials </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>may</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> be </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>reproduced</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>stored</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> in a </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>retrieval</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> system or </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>transmitted</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> in </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>any</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> form or by </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>any</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>means</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>including</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>electronic</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>mechanical</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>photographic</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>magnetic</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> or </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>other</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>means</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>without</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> the express permission </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> Karolinska Institutet University </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Library</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="sv-SE" sz="600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Bildobjekt 7" descr="The diagram shows the average value per year of the field-standardized citation rate for all articles from KI. This is set in the diagram in relation to the corresponding Cf value for the EU's 27 member states (EU27) and Great Britain. KI's citation rate is at a level that exceeds the corresponding value for the EU27 and Great Britain.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A99B080C-9462-33B6-D968-162E150C5971}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="339964" y="1209126"/>
+            <a:ext cx="5433312" cy="3439970"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="textruta 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D343171A-761C-7D14-0B38-656DE530585C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6283052" y="1971586"/>
+            <a:ext cx="2359695" cy="600164"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Field-normalised</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> citation score</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="sv-SE" sz="1100" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>EU27 and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Great</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> Britain</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="10" name="Rak koppling 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC3E51DB-F528-069E-D947-68822632D6D4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5974060" y="2096159"/>
+            <a:ext cx="288032" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="11" name="Rak koppling 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E2721AC-2ADA-4D6C-5BE9-C669DC0CF032}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5974060" y="2427734"/>
+            <a:ext cx="288032" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2956052382"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -21439,51 +19691,51 @@
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="528703" y="2543048"/>
             <a:ext cx="2921251" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="6000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>32</a:t>
+              <a:t>31</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>continuation</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
@@ -21518,57 +19770,58 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41D84A41-2B48-51BE-64C5-B8C2057DCAC3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="562617" y="3458487"/>
             <a:ext cx="3031399" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="6000" spc="-300" dirty="0">
+              <a:rPr lang="sv-SE" sz="6000" b="1" spc="-200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
-              </a:rPr>
-              <a:t>98</a:t>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>110</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>freestanding</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
@@ -21706,51 +19959,51 @@
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3203848" y="1157198"/>
               <a:ext cx="2160240" cy="1415772"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="sv-SE" sz="4800" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
                 </a:rPr>
-                <a:t>2,4</a:t>
+                <a:t>2,6</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="sv-SE" sz="6600" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t> </a:t>
               </a:r>
               <a:br>
                 <a:rPr lang="sv-SE" sz="6600" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
               </a:br>
               <a:endParaRPr lang="sv-SE" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
@@ -21838,51 +20091,51 @@
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3526329" y="2264928"/>
               <a:ext cx="2160240" cy="830997"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="sv-SE" sz="4800" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
                 </a:rPr>
-                <a:t>1,565</a:t>
+                <a:t>1,144</a:t>
               </a:r>
               <a:endParaRPr lang="sv-SE" sz="4800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="22" name="textruta 21">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53B62033-0450-4510-9BB1-1AFBD1C44092}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
@@ -21967,56 +20220,59 @@
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                 </a:rPr>
                 <a:t>contract</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="sv-SE" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                 </a:rPr>
                 <a:t> </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="sv-SE" sz="1400" dirty="0" err="1">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                 </a:rPr>
                 <a:t>education</a:t>
               </a:r>
-              <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
-[...4 lines deleted...]
-              </a:endParaRPr>
+              <a:r>
+                <a:rPr lang="sv-SE" sz="1400" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                </a:rPr>
+                <a:t>*</a:t>
+              </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="9" name="Grupp 8" descr="6,115 annual performance equivalents, performance level 90,6 %">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7210DE4D-D723-4F4D-9FDE-D60CC26020C7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="3554094" y="3147814"/>
             <a:ext cx="5234306" cy="830997"/>
             <a:chOff x="3508520" y="3262794"/>
             <a:chExt cx="5234306" cy="830997"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
@@ -22033,51 +20289,51 @@
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3508520" y="3262794"/>
               <a:ext cx="2160240" cy="830997"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="sv-SE" sz="4800" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
                 </a:rPr>
-                <a:t>6,168</a:t>
+                <a:t>6,176</a:t>
               </a:r>
               <a:endParaRPr lang="sv-SE" sz="4800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="17" name="textruta 16">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88DD0698-6671-427F-9D95-21F0E595595F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
@@ -22169,51 +20425,51 @@
               <a:r>
                 <a:rPr lang="sv-SE" sz="1500" spc="-20" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                 </a:rPr>
                 <a:t> </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="sv-SE" sz="1500" spc="-20" dirty="0" err="1">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                 </a:rPr>
                 <a:t>level</a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="sv-SE" sz="1500" spc="-20" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                 </a:rPr>
-                <a:t> 91,4 %* </a:t>
+                <a:t> 91,7 %**</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC2DCBDF-C814-44E6-8332-1F611EAE1473}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3659584" y="3963863"/>
@@ -22377,51 +20633,210 @@
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPts val="1100"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>*</a:t>
+              <a:t>’ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Refers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> to the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>number</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>of</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>participants</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>credit-bearing</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>courses</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>within</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>contract</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>education</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="1100"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>**</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="sv-SE" sz="900" spc="-20" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> When we calculate the performance level, the students' course registration credits are converted into full-time equivalent students and their completed credits into annual performance equivalents. The performance level is then calculated as the ratio between the number of annual performance equivalents and the number of full-time equivalent students and is expressed as a percentage.</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" altLang="sv-SE" sz="900" spc="-20" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09CD814A-EE51-E5E4-B354-7BFD82C3CB9C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -22471,51 +20886,51 @@
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>22 October 2025</a:t>
+              <a:t>27 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -23529,54 +21944,54 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Default Theme</Template>
   <TotalTime></TotalTime>
-  <Words>1350</Words>
+  <Words>1379</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildspel på skärmen (16:9)</PresentationFormat>
-  <Paragraphs>221</Paragraphs>
+  <Paragraphs>232</Paragraphs>
   <Slides>9</Slides>
   <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>