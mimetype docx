--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1F3C0096" w14:textId="3947E73C" w:rsidR="000B1784" w:rsidRDefault="000B1784">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="107" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="107" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3828"/>
         <w:gridCol w:w="4819"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
@@ -374,59 +374,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00784214" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidR="00784214" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidR="00784214" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00784214" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00784214" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
@@ -469,59 +469,59 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00784214" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidR="00784214" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidR="00784214" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00784214" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="405FD525" w14:textId="3780BC04" w:rsidR="00D1355D" w:rsidRPr="007672A8" w:rsidRDefault="00D1355D" w:rsidP="005F7B37">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
@@ -615,89 +615,89 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D1355D" w:rsidRPr="00AF387D" w14:paraId="1AA53D68" w14:textId="77777777">
+      <w:tr w:rsidR="00D1355D" w:rsidRPr="00504926" w14:paraId="1AA53D68" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="254D1ED9" w14:textId="1C6C2919" w:rsidR="00D1355D" w:rsidRPr="007672A8" w:rsidRDefault="004720E2" w:rsidP="005F7B37">
+          <w:p w14:paraId="254D1ED9" w14:textId="1C6C2919" w:rsidR="00D1355D" w:rsidRPr="007672A8" w:rsidRDefault="00D1355D" w:rsidP="005F7B37">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidR="00D1355D" w:rsidRPr="007672A8">
+              <w:r w:rsidRPr="007672A8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                   <w:b/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>Instruction to the form</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00D1355D" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006F09F6" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  Submit the application to </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidR="006F09F6" w:rsidRPr="007672A8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                   <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -761,57 +761,57 @@
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B9332D" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004720E2">
+      <w:r w:rsidR="00B9332D" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="004720E2">
+      <w:r w:rsidR="00B9332D" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B9332D" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B9332D" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B9332D" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="16"/>
@@ -822,53 +822,53 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10413" w:type="dxa"/>
         <w:tblInd w:w="-150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="56" w:type="dxa"/>
           <w:right w:w="56" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1482"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004D075A" w:rsidRPr="007672A8" w14:paraId="22CE6347" w14:textId="77777777" w:rsidTr="000D7098">
+      <w:tr w:rsidR="004D075A" w:rsidRPr="007672A8" w14:paraId="22CE6347" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4FB44C22" w14:textId="77777777" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="004D075A" w:rsidP="004772E4">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
@@ -1256,53 +1256,53 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000D7098">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC44D5" w:rsidRPr="007672A8" w14:paraId="18711D94" w14:textId="77777777" w:rsidTr="00731933">
+      <w:tr w:rsidR="00EC44D5" w:rsidRPr="007672A8" w14:paraId="18711D94" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="62C35E14" w14:textId="77777777" w:rsidR="00EC44D5" w:rsidRPr="007672A8" w:rsidRDefault="00EC44D5" w:rsidP="004772E4">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="Listruta1"/>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -1356,60 +1356,60 @@
                     <w:listEntry w:val="LabMed, H5"/>
                     <w:listEntry w:val="MedH, H7"/>
                     <w:listEntry w:val="CLINTEC, H9"/>
                     <w:listEntry w:val="MMK, K1"/>
                     <w:listEntry w:val="MedS, K2"/>
                     <w:listEntry w:val="KBH, K6"/>
                     <w:listEntry w:val="OnkPat, K7"/>
                     <w:listEntry w:val="CNS, K8"/>
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="347A38FB" w14:textId="77777777" w:rsidR="00EC44D5" w:rsidRPr="007672A8" w:rsidRDefault="00EC44D5" w:rsidP="004772E4">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
@@ -1546,53 +1546,53 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DD53C25" w14:textId="77777777" w:rsidR="00EC44D5" w:rsidRPr="007672A8" w:rsidRDefault="00EC44D5" w:rsidP="00EC44D5">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3A9A" w:rsidRPr="007672A8" w14:paraId="5BA019BD" w14:textId="77777777" w:rsidTr="00AF387D">
+      <w:tr w:rsidR="008D3A9A" w:rsidRPr="007672A8" w14:paraId="5BA019BD" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="613"/>
+          <w:trHeight w:hRule="exact" w:val="769"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="46886AD7" w14:textId="77777777" w:rsidR="008D3A9A" w:rsidRPr="007672A8" w:rsidRDefault="008D3A9A" w:rsidP="004772E4">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
@@ -2187,51 +2187,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D075A" w:rsidRPr="00AF387D" w14:paraId="5F58A7BE" w14:textId="77777777" w:rsidTr="00BA60AC">
+      <w:tr w:rsidR="004D075A" w:rsidRPr="00504926" w14:paraId="5F58A7BE" w14:textId="77777777" w:rsidTr="00BA60AC">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FBF0CBD" w14:textId="731CAD96" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="004D075A" w:rsidP="00EC44D5">
@@ -2530,65 +2530,52 @@
         <w:rPr>
           <w:rStyle w:val="RutrubrikChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00D765B9" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D765B9" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">licentiate </w:t>
+        <w:t>licentiate seminar</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10426" w:type="dxa"/>
         <w:tblInd w:w="-150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2347"/>
         <w:gridCol w:w="8079"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D075A" w:rsidRPr="007672A8" w14:paraId="51AD5D27" w14:textId="77777777" w:rsidTr="00BA60AC">
@@ -3492,60 +3479,60 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3794,59 +3781,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E443CB" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidR="00E443CB" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidR="00E443CB" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E443CB" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="08272389" w14:textId="49490C59" w:rsidR="00BA60AC" w:rsidRPr="007672A8" w:rsidRDefault="00BA60AC" w:rsidP="00BA60AC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
@@ -3883,136 +3870,125 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>#</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10426" w:type="dxa"/>
         <w:tblInd w:w="-150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10426"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA60AC" w:rsidRPr="00AF387D" w14:paraId="62D1BF03" w14:textId="77777777" w:rsidTr="00AB24E4">
+      <w:tr w:rsidR="00BA60AC" w:rsidRPr="00376409" w14:paraId="62D1BF03" w14:textId="77777777" w:rsidTr="00AB24E4">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10426" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="608AEC66" w14:textId="77777777" w:rsidR="00BA60AC" w:rsidRPr="007672A8" w:rsidRDefault="00BA60AC" w:rsidP="00BA60AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">If the student is registered on a double-degree programme, please indicate the other </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>If the student is registered on a double-degree programme, please indicate the other university</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="3F6179B0" w14:textId="77777777" w:rsidR="00AB24E4" w:rsidRDefault="00AB24E4" w:rsidP="00AB24E4">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0031041C">
@@ -4039,58 +4015,58 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0031041C">
@@ -4173,58 +4149,58 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  University of Helsinki </w:t>
             </w:r>
             <w:r>
@@ -4251,229 +4227,169 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  University of Oulu  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1651FFDF" w14:textId="126B9A43" w:rsidR="00BA60AC" w:rsidRPr="007672A8" w:rsidRDefault="00AB24E4" w:rsidP="00AB24E4">
+          <w:p w14:paraId="1651FFDF" w14:textId="20107ABF" w:rsidR="00BA60AC" w:rsidRPr="007672A8" w:rsidRDefault="00AB24E4" w:rsidP="00AB24E4">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  University of Tartu </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">  KU Leuven</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="0031041C">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2399CE5A" w14:textId="77777777" w:rsidR="00BA60AC" w:rsidRPr="007672A8" w:rsidRDefault="00BA60AC" w:rsidP="00BA60AC">
       <w:pPr>
@@ -4503,139 +4419,128 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>#</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10426" w:type="dxa"/>
         <w:tblInd w:w="-150" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10426"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA60AC" w:rsidRPr="00AF387D" w14:paraId="7DD0CD91" w14:textId="77777777" w:rsidTr="000D7098">
+      <w:tr w:rsidR="00BA60AC" w:rsidRPr="00504926" w14:paraId="7DD0CD91" w14:textId="77777777" w:rsidTr="000D7098">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10426" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="5E8E1AA0" w14:textId="77777777" w:rsidR="00BA60AC" w:rsidRPr="007672A8" w:rsidRDefault="00BA60AC" w:rsidP="00BA60AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">If the student is registered on a joint-degree programme, please indicate the other </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>If the student is registered on a joint-degree programme, please indicate the other university</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="0CA0545B" w14:textId="6E5F2715" w:rsidR="00BA60AC" w:rsidRPr="00AB24E4" w:rsidRDefault="00BA60AC" w:rsidP="000D7098">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB24E4">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AB24E4">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="00AB24E4">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="00AB24E4">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AB24E4">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AB24E4">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4885,73 +4790,65 @@
           <w:szCs w:val="12"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F516F79" w14:textId="722E717C" w:rsidR="00E05762" w:rsidRPr="007672A8" w:rsidRDefault="00E05762" w:rsidP="008A2BFE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AC49E0D" w14:textId="63F04A3D" w:rsidR="00E05762" w:rsidRPr="007672A8" w:rsidRDefault="00E05762" w:rsidP="008A2BFE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AE87D95" w14:textId="0799436E" w:rsidR="00BA60AC" w:rsidRPr="007672A8" w:rsidRDefault="00E05762" w:rsidP="008A2BFE">
+    <w:p w14:paraId="2AE87D95" w14:textId="2D4E9961" w:rsidR="00BA60AC" w:rsidRPr="007672A8" w:rsidRDefault="00504926" w:rsidP="008A2BFE">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007672A8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t>GHM 202</w:t>
-[...7 lines deleted...]
-        <w:t>4-06-18</w:t>
+        <w:t>2026-01-30</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="606DB343" w14:textId="08AB33A2" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="004D075A" w:rsidP="008A2BFE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="107" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
@@ -5274,51 +5171,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47A01C67" w14:textId="77777777" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="00CD7FEA" w:rsidP="004772E4">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>SUPERVISORS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00327E30" w:rsidRPr="00AF387D" w14:paraId="481E568B" w14:textId="77777777" w:rsidTr="00403983">
+      <w:tr w:rsidR="00327E30" w:rsidRPr="00504926" w14:paraId="481E568B" w14:textId="77777777" w:rsidTr="00403983">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -5363,107 +5260,107 @@
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00460133" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>non-Swedish speaker</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00327E30" w:rsidRPr="007672A8" w14:paraId="3E01B208" w14:textId="77777777" w:rsidTr="00403983">
+      <w:tr w:rsidR="00327E30" w:rsidRPr="007672A8" w14:paraId="3E01B208" w14:textId="77777777" w:rsidTr="00376409">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5563" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4EEAE7B0" w14:textId="0AC3755D" w:rsidR="00327E30" w:rsidRPr="007672A8" w:rsidRDefault="00327E30" w:rsidP="00403983">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -5710,77 +5607,77 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00327E30" w:rsidRPr="00AF387D" w14:paraId="18BE1C90" w14:textId="77777777" w:rsidTr="00403983">
+      <w:tr w:rsidR="00327E30" w:rsidRPr="00504926" w14:paraId="18BE1C90" w14:textId="77777777" w:rsidTr="00403983">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="661"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -5902,50 +5799,60 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00AF387D">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="039EA31F" w14:textId="14C30D47" w:rsidR="00327E30" w:rsidRPr="007672A8" w:rsidRDefault="00196048" w:rsidP="00403983">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Other affiliates</w:t>
             </w:r>
             <w:r w:rsidR="00327E30" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
@@ -6181,51 +6088,51 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00327E30" w:rsidRPr="00AF387D" w14:paraId="559E60F9" w14:textId="77777777" w:rsidTr="00403983">
+      <w:tr w:rsidR="00327E30" w:rsidRPr="00504926" w14:paraId="559E60F9" w14:textId="77777777" w:rsidTr="00403983">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="661"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6379,67 +6286,67 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="37FB128A" w14:textId="5259F995" w:rsidR="00327E30" w:rsidRPr="007672A8" w:rsidRDefault="00327E30" w:rsidP="00403983">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rStyle w:val="RutrubrikChar"/>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Co-supervisor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00327E30" w:rsidRPr="007672A8" w14:paraId="681B5AA8" w14:textId="77777777" w:rsidTr="00403983">
+      <w:tr w:rsidR="00327E30" w:rsidRPr="007672A8" w14:paraId="681B5AA8" w14:textId="77777777" w:rsidTr="00376409">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="723"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5563" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D7F3E85" w14:textId="214E16B9" w:rsidR="00327E30" w:rsidRPr="007672A8" w:rsidRDefault="00327E30" w:rsidP="00403983">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -6705,58 +6612,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
-[...6 lines deleted...]
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00327E30" w:rsidRPr="007672A8" w14:paraId="431C5089" w14:textId="77777777" w:rsidTr="00403983">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -6880,50 +6787,60 @@
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00AF387D">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A5B2FB2" w14:textId="77777777" w:rsidR="00327E30" w:rsidRPr="007672A8" w:rsidRDefault="00CA07ED" w:rsidP="00CA07ED">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -7056,67 +6973,67 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="304A6DA3" w14:textId="2F3D9858" w:rsidR="00327E30" w:rsidRPr="007672A8" w:rsidRDefault="00327E30" w:rsidP="00403983">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rStyle w:val="RutrubrikChar"/>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Co-supervisor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00327E30" w:rsidRPr="007672A8" w14:paraId="3A27184B" w14:textId="77777777" w:rsidTr="00403983">
+      <w:tr w:rsidR="00327E30" w:rsidRPr="007672A8" w14:paraId="3A27184B" w14:textId="77777777" w:rsidTr="00376409">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="647"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5563" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="30F80028" w14:textId="64C1EAB2" w:rsidR="00327E30" w:rsidRPr="007672A8" w:rsidRDefault="00327E30" w:rsidP="00403983">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -7385,58 +7302,58 @@
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
-[...6 lines deleted...]
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00327E30" w:rsidRPr="007672A8" w14:paraId="462DDCF4" w14:textId="77777777" w:rsidTr="00403983">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -7560,50 +7477,60 @@
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00AF387D">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F87CA47" w14:textId="77777777" w:rsidR="00327E30" w:rsidRPr="007672A8" w:rsidRDefault="00CA07ED" w:rsidP="00CA07ED">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
@@ -8065,58 +7992,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
-[...6 lines deleted...]
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00327E30" w:rsidRPr="007672A8" w14:paraId="0F5E94DA" w14:textId="77777777" w:rsidTr="00403983">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -8240,50 +8167,60 @@
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00AF387D">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="420D347D" w14:textId="77777777" w:rsidR="00CA07ED" w:rsidRPr="007672A8" w:rsidRDefault="00CA07ED" w:rsidP="00CA07ED">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
@@ -8427,67 +8364,67 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3A813554" w14:textId="5373118F" w:rsidR="00327E30" w:rsidRPr="007672A8" w:rsidRDefault="00327E30" w:rsidP="00403983">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rStyle w:val="RutrubrikChar"/>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Co-supervisor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00327E30" w:rsidRPr="007672A8" w14:paraId="19261181" w14:textId="77777777" w:rsidTr="00403983">
+      <w:tr w:rsidR="00327E30" w:rsidRPr="007672A8" w14:paraId="19261181" w14:textId="77777777" w:rsidTr="00376409">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="745"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5563" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18A2C0B3" w14:textId="274DA4BA" w:rsidR="00327E30" w:rsidRPr="007672A8" w:rsidRDefault="00327E30" w:rsidP="00403983">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -8741,58 +8678,58 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
-[...6 lines deleted...]
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00327E30" w:rsidRPr="007672A8" w14:paraId="6EA73235" w14:textId="77777777" w:rsidTr="00403983">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -8925,50 +8862,60 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00AF387D">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AEAB83F" w14:textId="77777777" w:rsidR="002A4880" w:rsidRPr="007672A8" w:rsidRDefault="002A4880" w:rsidP="002A4880">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Other affiliates</w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
@@ -9055,61 +9002,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A9559EA" w14:textId="77777777" w:rsidR="00327E30" w:rsidRPr="007672A8" w:rsidRDefault="00327E30" w:rsidP="002A4880">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="044F4FEE" w14:textId="77777777" w:rsidR="002A4880" w:rsidRPr="007672A8" w:rsidRDefault="002A4880" w:rsidP="004D075A">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6FC4A3DA" w14:textId="5542AE68" w:rsidR="000224A3" w:rsidRPr="007672A8" w:rsidRDefault="000224A3" w:rsidP="004D075A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44C9A9ED" w14:textId="77777777" w:rsidR="000D548F" w:rsidRPr="007672A8" w:rsidRDefault="000D548F" w:rsidP="000D548F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
@@ -9523,51 +9459,51 @@
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>instructions under D3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00105B36" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CAC489" w14:textId="77777777" w:rsidR="00390283" w:rsidRPr="007672A8" w:rsidRDefault="00390283" w:rsidP="000224A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FD6C181" w14:textId="558500DA" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="003E72F3" w:rsidP="000224A3">
+    <w:p w14:paraId="5723086E" w14:textId="6801C4E0" w:rsidR="00A83FB3" w:rsidRPr="007672A8" w:rsidRDefault="003E72F3" w:rsidP="000224A3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rStyle w:val="RutrubrikChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Examination Board</w:t>
       </w:r>
       <w:r w:rsidR="00105B36" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rStyle w:val="RutrubrikChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> coordinator</w:t>
       </w:r>
@@ -9620,267 +9556,230 @@
         </w:rPr>
         <w:t>PhD</w:t>
       </w:r>
       <w:r w:rsidR="0058157F" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00105B36" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>student</w:t>
       </w:r>
       <w:r w:rsidR="0058157F" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, principal </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> or co-supervisor</w:t>
+        <w:t>, principal supervisor or co-supervisor</w:t>
       </w:r>
       <w:r w:rsidR="00105B36" w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33589A8E" w14:textId="52EF6342" w:rsidR="00390283" w:rsidRPr="007672A8" w:rsidRDefault="00390283" w:rsidP="000224A3">
+    <w:p w14:paraId="45AA376A" w14:textId="10F87089" w:rsidR="00105B36" w:rsidRPr="008666C9" w:rsidRDefault="00390283" w:rsidP="008666C9">
       <w:pPr>
         <w:rPr>
-          <w:rStyle w:val="Rutrubrik-engelskaChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007672A8">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kryss4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004720E2">
+      <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="004720E2">
+      <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E5FC2" w:rsidRPr="007672A8">
+      <w:r w:rsidR="008666C9">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>n</w:t>
+        <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>on-Swedish speaker</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10206" w:type="dxa"/>
-        <w:tblInd w:w="56" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="56" w:type="dxa"/>
           <w:right w:w="56" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3402"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4033"/>
+        <w:gridCol w:w="4236"/>
+        <w:gridCol w:w="2086"/>
+        <w:gridCol w:w="3754"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004D075A" w:rsidRPr="007672A8" w14:paraId="649F0688" w14:textId="77777777" w:rsidTr="003E5FC2">
+      <w:tr w:rsidR="0072140D" w:rsidRPr="007672A8" w14:paraId="3CFAC164" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="858"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6173" w:type="dxa"/>
+            <w:tcW w:w="3137" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CCA4A0D" w14:textId="77777777" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="00CD7FEA" w:rsidP="004772E4">
+          <w:p w14:paraId="2E1CBB9F" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00F2574F">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk195177316"/>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Name</w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="5787CCE8" w14:textId="77777777" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="004D075A" w:rsidP="004772E4">
+              <w:t xml:space="preserve">Name </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F567BA2" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00F2574F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text25"/>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -9908,281 +9807,236 @@
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4033" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FCCC79C" w14:textId="77777777" w:rsidR="00D846B1" w:rsidRPr="007672A8" w:rsidRDefault="00CD7FEA" w:rsidP="004772E4">
+          <w:p w14:paraId="53D1CA85" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00F2574F">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Academic title</w:t>
-[...38 lines deleted...]
-          <w:p w14:paraId="3E1271A8" w14:textId="76CD949D" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="00BF251A" w:rsidP="00742FEB">
+              <w:t>Academic title (must be docent or professor)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="325333E6" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00BF251A" w:rsidP="00742FEB">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A41660">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:r w:rsidRPr="00A41660">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A41660">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A41660">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A41660">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...29 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Docent </w:t>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00A41660">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:r w:rsidRPr="00A41660">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A41660">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A41660">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A41660">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...29 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Professor</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Professor </w:t>
             </w:r>
             <w:r w:rsidR="00695D14" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:r w:rsidR="00695D14" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
             <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
@@ -10248,222 +10102,192 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070425C" w:rsidRPr="00AF387D" w14:paraId="7EBC8112" w14:textId="77777777" w:rsidTr="003E5FC2">
+      <w:tr w:rsidR="0072140D" w:rsidRPr="00504926" w14:paraId="1A73159E" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6173" w:type="dxa"/>
+            <w:tcW w:w="3137" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43CA7AB4" w14:textId="77777777" w:rsidR="0070425C" w:rsidRPr="007672A8" w:rsidRDefault="0070425C" w:rsidP="0070425C">
+          <w:p w14:paraId="7AD9F410" w14:textId="77777777" w:rsidR="00125208" w:rsidRPr="007672A8" w:rsidRDefault="00125208" w:rsidP="00B451F4">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>University, department</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F310CFD" w14:textId="77777777" w:rsidR="0070425C" w:rsidRDefault="0070425C" w:rsidP="005F397B">
+          <w:p w14:paraId="167508BE" w14:textId="031867D9" w:rsidR="00125208" w:rsidRPr="007672A8" w:rsidRDefault="00125208" w:rsidP="00B451F4">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text25"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="005F397B" w:rsidRPr="007672A8">
-[...31 lines deleted...]
-            <w:r w:rsidR="005F397B" w:rsidRPr="007672A8">
+            <w:r w:rsidR="001E29C1">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E29C1">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E29C1">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E29C1">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E29C1">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-          </w:p>
-[...28 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4033" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7510B876" w14:textId="63F6424E" w:rsidR="003E5FC2" w:rsidRPr="007672A8" w:rsidRDefault="003E5FC2" w:rsidP="003E5FC2">
+          <w:p w14:paraId="33513107" w14:textId="268D3D43" w:rsidR="003E5FC2" w:rsidRPr="007672A8" w:rsidRDefault="003E5FC2" w:rsidP="003E5FC2">
             <w:pPr>
               <w:pStyle w:val="Lptext"/>
               <w:spacing w:before="60" w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00437D76">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>If affiliation is available at KI</w:t>
             </w:r>
             <w:r w:rsidRPr="00437D76">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
@@ -10517,1162 +10341,1154 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00AF387D">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00AF387D">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E8C12DE" w14:textId="0554E0A1" w:rsidR="0070425C" w:rsidRPr="007672A8" w:rsidRDefault="0070425C" w:rsidP="00CA6042">
+          <w:p w14:paraId="22DD2F7A" w14:textId="3330E027" w:rsidR="00125208" w:rsidRPr="007672A8" w:rsidRDefault="00125208" w:rsidP="00B451F4">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D075A" w:rsidRPr="007672A8" w14:paraId="3D9843F1" w14:textId="77777777">
+      <w:tr w:rsidR="0072140D" w:rsidRPr="007672A8" w14:paraId="6FC04059" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="712"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2102" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20B0991C" w14:textId="77777777" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="004D075A" w:rsidP="004772E4">
+          <w:p w14:paraId="09DA31A8" w14:textId="77777777" w:rsidR="00BE6117" w:rsidRPr="00BE6117" w:rsidRDefault="00BE6117" w:rsidP="00F2574F">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
-                <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007672A8">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE6117">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00CD7FEA" w:rsidRPr="007672A8">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Telephone no. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B25E51A" w14:textId="12AF9EC0" w:rsidR="00BE6117" w:rsidRDefault="00BE6117" w:rsidP="00F2574F">
+            <w:pPr>
+              <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>phone no.</w:t>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E8177F">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+            <w:r w:rsidRPr="00E8177F">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+            <w:r w:rsidRPr="00E8177F">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E8177F">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...41 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+            <w:r w:rsidRPr="00E8177F">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E8177F">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E8177F">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E8177F">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E8177F">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E8177F">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:tcW w:w="2898" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27B86363" w14:textId="77777777" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="004D075A" w:rsidP="004772E4">
+          <w:p w14:paraId="13F46B80" w14:textId="77777777" w:rsidR="00BE6117" w:rsidRPr="00041638" w:rsidRDefault="00BE6117" w:rsidP="00BE6117">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
-                <w:sz w:val="14"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="007672A8">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00041638">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
-                <w:sz w:val="14"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="67C9A3A8" w14:textId="77777777" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="004D075A" w:rsidP="004772E4">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DE405D3" w14:textId="22CCD16D" w:rsidR="00BE6117" w:rsidRPr="007672A8" w:rsidRDefault="00BE6117" w:rsidP="00F2574F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="00BE6117">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text27"/>
-            <w:r w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="00BE6117">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="00BE6117">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BE6117">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="00BE6117">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE6117">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE6117">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE6117">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE6117">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE6117">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D075A" w:rsidRPr="007672A8" w14:paraId="56C7AFA5" w14:textId="77777777">
+      <w:tr w:rsidR="004030F2" w:rsidRPr="007672A8" w14:paraId="4FFB5D8C" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="15733B36" w14:textId="2D262A78" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="00CD7FEA" w:rsidP="004772E4">
+          <w:p w14:paraId="3D718839" w14:textId="2B37C389" w:rsidR="00DB07F1" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00DB07F1">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Detailed description of </w:t>
             </w:r>
             <w:r w:rsidR="00DB07F1" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>scientific expertise</w:t>
             </w:r>
-            <w:r w:rsidR="004064A7" w:rsidRPr="007672A8">
+            <w:r w:rsidR="00CF6F24" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DF7B85" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>within the subject of the thesis.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00B3451D" w14:textId="77777777" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="004D075A" w:rsidP="004772E4">
+          <w:p w14:paraId="4783D024" w14:textId="4E45DA28" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00F2574F">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text19"/>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00255D77" w:rsidRPr="007672A8">
-[...31 lines deleted...]
-            <w:r w:rsidR="00255D77" w:rsidRPr="007672A8">
+            <w:r w:rsidR="001B0CD8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B0CD8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B0CD8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B0CD8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B0CD8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="786F0960" w14:textId="77777777" w:rsidR="004D075A" w:rsidRPr="007672A8" w:rsidRDefault="004D075A" w:rsidP="004772E4">
+          </w:p>
+          <w:p w14:paraId="26D4E253" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00F2574F">
             <w:pPr>
               <w:spacing w:before="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...154 lines deleted...]
-      <w:tr w:rsidR="00105B36" w:rsidRPr="007672A8" w14:paraId="3CFAC164" w14:textId="77777777" w:rsidTr="003E5FC2">
+      <w:tr w:rsidR="004030F2" w:rsidRPr="00504926" w14:paraId="3FE302B5" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="634"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6173" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1CBB9F" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00F2574F">
-[...131 lines deleted...]
-              </w:tabs>
+          <w:p w14:paraId="7940A410" w14:textId="1F06ED35" w:rsidR="00A83FB3" w:rsidRPr="007672A8" w:rsidRDefault="009E5DA1" w:rsidP="00C73691">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-[...24 lines deleted...]
-            <w:r w:rsidRPr="007672A8">
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_Hlk195177589"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rStyle w:val="RutrubrikChar"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00386812" w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rStyle w:val="RutrubrikChar"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ember of the </w:t>
+            </w:r>
+            <w:r w:rsidR="003E72F3" w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rStyle w:val="RutrubrikChar"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Examination Board</w:t>
+            </w:r>
+            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rStyle w:val="RutrubrikChar"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
+            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
+            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
+            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...11 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidR="003E5FC2" w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>non-Swedish</w:t>
+            </w:r>
+            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> speaker</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0072140D" w:rsidRPr="007672A8" w14:paraId="3DE74A9F" w14:textId="77777777" w:rsidTr="001E29C1">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="750"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1053D3E5" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
+            <w:pPr>
+              <w:pStyle w:val="Hjlptext"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AF4BC39" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text25"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19E5D437" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
+            <w:pPr>
+              <w:pStyle w:val="Sidhuvud"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4536"/>
+                <w:tab w:val="clear" w:pos="9072"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Academic title (must be docent or professor)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210AFF0D" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA243B">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:r w:rsidRPr="00AA243B">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00AA243B">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AA243B">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00AA243B">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00AA243B">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Docent </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA243B">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kryss4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00AA243B">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00AA243B">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AA243B">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00AA243B">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...29 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Professor </w:t>
             </w:r>
-            <w:r w:rsidR="00695D14" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
-            <w:r w:rsidR="00695D14" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
-            <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
-[...6 lines deleted...]
-            <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
-[...39 lines deleted...]
-            <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00125208" w:rsidRPr="00AF387D" w14:paraId="1A73159E" w14:textId="77777777" w:rsidTr="003E5FC2">
+      <w:tr w:rsidR="0072140D" w:rsidRPr="00504926" w14:paraId="19800451" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6173" w:type="dxa"/>
+            <w:tcW w:w="3137" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AD9F410" w14:textId="77777777" w:rsidR="00125208" w:rsidRPr="007672A8" w:rsidRDefault="00125208" w:rsidP="00B451F4">
+          <w:p w14:paraId="6D2698BD" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>University, department</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="167508BE" w14:textId="0ECEB146" w:rsidR="00125208" w:rsidRPr="007672A8" w:rsidRDefault="00125208" w:rsidP="00B451F4">
+          <w:p w14:paraId="7CBE88D6" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF387D" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -11695,201 +11511,216 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4033" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33513107" w14:textId="268D3D43" w:rsidR="003E5FC2" w:rsidRPr="007672A8" w:rsidRDefault="003E5FC2" w:rsidP="003E5FC2">
+          <w:p w14:paraId="34947573" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
             <w:pPr>
               <w:pStyle w:val="Lptext"/>
               <w:spacing w:before="60" w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00437D76">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>If affiliation is available at KI</w:t>
             </w:r>
             <w:r w:rsidRPr="00437D76">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AF387D">
+            <w:r w:rsidRPr="00A41660">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Choose department"/>
                     <w:listEntry w:val="MTC, C1"/>
                     <w:listEntry w:val="MBB, C2"/>
                     <w:listEntry w:val="FyFa, C3"/>
                     <w:listEntry w:val="Neuro, C4"/>
                     <w:listEntry w:val="CMB, C5"/>
                     <w:listEntry w:val="IMM, C6"/>
                     <w:listEntry w:val="LIME, C7"/>
                     <w:listEntry w:val="MEB, C8"/>
                     <w:listEntry w:val="KIDS, D1"/>
                     <w:listEntry w:val="NVS, H1"/>
                     <w:listEntry w:val="LabMed, H5"/>
                     <w:listEntry w:val="MedH, H7"/>
                     <w:listEntry w:val="CLINTEC, H9"/>
                     <w:listEntry w:val="MMK, K1"/>
                     <w:listEntry w:val="MedS, K2"/>
                     <w:listEntry w:val="KBH, K6"/>
                     <w:listEntry w:val="OnkPat, K7"/>
                     <w:listEntry w:val="CNS, K8"/>
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00AF387D">
+            <w:r w:rsidRPr="00A41660">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF387D">
+            <w:r w:rsidRPr="00A41660">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AF387D">
+            <w:r w:rsidRPr="00A41660">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A41660">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22DD2F7A" w14:textId="3330E027" w:rsidR="00125208" w:rsidRPr="007672A8" w:rsidRDefault="00125208" w:rsidP="00B451F4">
+          <w:p w14:paraId="3E6A926C" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00105B36" w:rsidRPr="007672A8" w14:paraId="6FC04059" w14:textId="77777777">
+      <w:tr w:rsidR="0072140D" w:rsidRPr="007672A8" w14:paraId="1A28152E" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="712"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C110E03" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00F2574F">
+          <w:p w14:paraId="5F324B0D" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="00041638" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
-                <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007672A8">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00041638">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Telephone no. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45536B19" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00F2574F">
+          <w:p w14:paraId="27761155" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -11944,76 +11775,75 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C40680A" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00F2574F">
+          <w:p w14:paraId="7783BB06" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="00041638" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
-                <w:sz w:val="14"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="007672A8">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00041638">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
-                <w:sz w:val="14"/>
-                <w:szCs w:val="14"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DE405D3" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00F2574F">
+          <w:p w14:paraId="13AACA85" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -12067,2663 +11897,2265 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00105B36" w:rsidRPr="007672A8" w14:paraId="4FFB5D8C" w14:textId="77777777">
+      <w:tr w:rsidR="00A64593" w:rsidRPr="007672A8" w14:paraId="7D294208" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3D718839" w14:textId="2B37C389" w:rsidR="00DB07F1" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00DB07F1">
+          <w:p w14:paraId="0EC1366B" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Detailed description of </w:t>
-[...23 lines deleted...]
-            <w:r w:rsidR="00DF7B85" w:rsidRPr="007672A8">
+              <w:t xml:space="preserve">Detailed description of scientific expertise </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>within the subject of the thesis.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4783D024" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00F2574F">
+          <w:p w14:paraId="25515CE5" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00554F2A" w:rsidRPr="007672A8">
-[...31 lines deleted...]
-            <w:r w:rsidR="00554F2A" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26D4E253" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00F2574F">
+          <w:p w14:paraId="3D65959B" w14:textId="77777777" w:rsidR="009F6DB2" w:rsidRPr="007672A8" w:rsidRDefault="009F6DB2" w:rsidP="00A37718">
             <w:pPr>
               <w:spacing w:before="60" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00386812" w:rsidRPr="00AF387D" w14:paraId="3FE302B5" w14:textId="77777777" w:rsidTr="0070425C">
+      <w:bookmarkEnd w:id="4"/>
+      <w:tr w:rsidR="0043200A" w:rsidRPr="00504926" w14:paraId="217D03D5" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="412"/>
+          <w:trHeight w:hRule="exact" w:val="634"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7940A410" w14:textId="32E4303D" w:rsidR="00386812" w:rsidRPr="007672A8" w:rsidRDefault="009E5DA1" w:rsidP="0015478A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:p w14:paraId="1FA89586" w14:textId="6ADA791C" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-            </w:pPr>
-[...31 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t>Member of the Examination Board</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003E5FC2" w:rsidRPr="007672A8">
-[...8 lines deleted...]
-            <w:r w:rsidR="00390283" w:rsidRPr="007672A8">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F44F5">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>on-Swedish</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> speaker</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00105B36" w:rsidRPr="007672A8" w14:paraId="7D39FB84" w14:textId="77777777" w:rsidTr="003E5FC2">
+      <w:tr w:rsidR="0072140D" w:rsidRPr="00682C70" w14:paraId="689E39BA" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6173" w:type="dxa"/>
+            <w:tcW w:w="3137" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02EBAE34" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="0015478A">
-[...15 lines deleted...]
-                <w:color w:val="auto"/>
+          <w:p w14:paraId="5408C72A" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Name </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2686A934" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="0015478A">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6FCD665B" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...42 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4033" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1715FF18" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="0015478A">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:p w14:paraId="35DC9191" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Academic title (must be docent or professor)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41E805F9" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00BF251A" w:rsidP="00742FEB">
-[...14 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="69C93FB7" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Docent </w:t>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
-[...9 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Professor</w:t>
             </w:r>
-            <w:r w:rsidR="00695D14" w:rsidRPr="007672A8">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
-                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
-            <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00742FEB" w:rsidRPr="007672A8">
-[...42 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00125208" w:rsidRPr="00AF387D" w14:paraId="626EFBBE" w14:textId="77777777" w:rsidTr="003E5FC2">
+      <w:tr w:rsidR="0072140D" w:rsidRPr="00504926" w14:paraId="3557C16F" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6173" w:type="dxa"/>
+            <w:tcW w:w="3137" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="347303E5" w14:textId="77777777" w:rsidR="00125208" w:rsidRPr="007672A8" w:rsidRDefault="00125208" w:rsidP="00B451F4">
-[...13 lines deleted...]
-                <w:color w:val="auto"/>
+          <w:p w14:paraId="19198424" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>University, department</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B69354B" w14:textId="77777777" w:rsidR="00125208" w:rsidRPr="007672A8" w:rsidRDefault="00BD71FD" w:rsidP="00BD71FD">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="02EF1E51" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...42 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4033" w:type="dxa"/>
+            <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE5CCA3" w14:textId="14596F39" w:rsidR="008154AE" w:rsidRPr="007672A8" w:rsidRDefault="008154AE" w:rsidP="008154AE">
-[...3 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="2A6AB69C" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...22 lines deleted...]
-            <w:r w:rsidR="00AF387D">
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If affiliation is available at KI </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Choose department"/>
                     <w:listEntry w:val="MTC, C1"/>
                     <w:listEntry w:val="MBB, C2"/>
                     <w:listEntry w:val="FyFa, C3"/>
                     <w:listEntry w:val="Neuro, C4"/>
                     <w:listEntry w:val="CMB, C5"/>
                     <w:listEntry w:val="IMM, C6"/>
                     <w:listEntry w:val="LIME, C7"/>
                     <w:listEntry w:val="MEB, C8"/>
                     <w:listEntry w:val="KIDS, D1"/>
                     <w:listEntry w:val="NVS, H1"/>
                     <w:listEntry w:val="LabMed, H5"/>
                     <w:listEntry w:val="MedH, H7"/>
                     <w:listEntry w:val="CLINTEC, H9"/>
                     <w:listEntry w:val="MMK, K1"/>
                     <w:listEntry w:val="MedS, K2"/>
                     <w:listEntry w:val="KBH, K6"/>
                     <w:listEntry w:val="OnkPat, K7"/>
                     <w:listEntry w:val="CNS, K8"/>
                     <w:listEntry w:val="GPH, K9"/>
                     <w:listEntry w:val="DentMed, OF"/>
                     <w:listEntry w:val="SÖS, S1"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00AF387D">
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AF387D">
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00AF387D">
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AEC4674" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00105B36" w:rsidRPr="007672A8" w14:paraId="288A3B36" w14:textId="77777777">
+      <w:tr w:rsidR="0072140D" w:rsidRPr="00682C70" w14:paraId="6C6CEC63" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:hRule="exact" w:val="712"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3137" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56BC8349" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="0015478A">
-[...15 lines deleted...]
-                <w:color w:val="auto"/>
+          <w:p w14:paraId="02A48B61" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Telephone no. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19056A81" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="0015478A">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="7D83C9B9" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...42 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6804" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1863" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FD38850" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="0015478A">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:p w14:paraId="43DEB4F9" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="712160C4" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="0015478A">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="51D17B1D" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...42 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00105B36" w:rsidRPr="007672A8" w14:paraId="49D21E38" w14:textId="77777777">
+      <w:tr w:rsidR="0043200A" w:rsidRPr="00682C70" w14:paraId="0C880336" w14:textId="77777777" w:rsidTr="001E29C1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0E51C5" w14:textId="69170514" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00061EFA">
-[...2 lines deleted...]
-              <w:keepLines/>
+          <w:p w14:paraId="29B57E8A" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
-                <w:color w:val="auto"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="007672A8">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
-                <w:color w:val="auto"/>
-[...28 lines deleted...]
-            <w:r w:rsidR="00DF7B85" w:rsidRPr="007672A8">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Detailed description of scientific expertise </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>within the subject of the thesis.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7263D385" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00061EFA">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="32C42F41" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A3419D" w:rsidRPr="007672A8">
-[...42 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00682C70">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AB6972A" w14:textId="77777777" w:rsidR="00105B36" w:rsidRPr="007672A8" w:rsidRDefault="00105B36" w:rsidP="00061EFA">
-[...6 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w14:paraId="2B559027" w14:textId="77777777" w:rsidR="00682C70" w:rsidRPr="00682C70" w:rsidRDefault="00682C70" w:rsidP="00682C70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="59920F2D" w14:textId="77777777" w:rsidR="000D548F" w:rsidRPr="007672A8" w:rsidRDefault="000D548F">
+    <w:p w14:paraId="59920F2D" w14:textId="52DADF45" w:rsidR="000D548F" w:rsidRPr="00A83FB3" w:rsidRDefault="000D548F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007672A8">
+      <w:r w:rsidRPr="00A83FB3">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10249" w:type="dxa"/>
         <w:tblInd w:w="64" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="107" w:type="dxa"/>
           <w:right w:w="107" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4840"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1566"/>
+        <w:gridCol w:w="43"/>
+        <w:gridCol w:w="4797"/>
+        <w:gridCol w:w="483"/>
+        <w:gridCol w:w="4926"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004445FF" w:rsidRPr="007672A8" w14:paraId="3E9111BE" w14:textId="77777777" w:rsidTr="004445FF">
+      <w:tr w:rsidR="004A1888" w:rsidRPr="00504926" w14:paraId="3E9111BE" w14:textId="77777777" w:rsidTr="004A1888">
         <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="5409" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="806"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcW w:w="4840" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="57CDA507" w14:textId="77777777" w:rsidR="004445FF" w:rsidRPr="007672A8" w:rsidRDefault="004445FF" w:rsidP="00B6393A">
+          <w:p w14:paraId="57CDA507" w14:textId="77777777" w:rsidR="004A1888" w:rsidRPr="007672A8" w:rsidRDefault="004A1888" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:ind w:left="-107"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="459DD913" w14:textId="77777777" w:rsidR="0007254C" w:rsidRPr="007672A8" w:rsidRDefault="004445FF" w:rsidP="0007254C">
+          <w:p w14:paraId="459DD913" w14:textId="77777777" w:rsidR="004A1888" w:rsidRPr="007672A8" w:rsidRDefault="004A1888" w:rsidP="0007254C">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="2302"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>KAROLINSKA INSTITUTET</w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="0007254C" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Application for public defence</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0740F369" w14:textId="5DA1135E" w:rsidR="004445FF" w:rsidRPr="007672A8" w:rsidRDefault="004445FF" w:rsidP="00FC5116">
+          <w:p w14:paraId="0740F369" w14:textId="5DA1135E" w:rsidR="004A1888" w:rsidRPr="007672A8" w:rsidRDefault="004A1888" w:rsidP="00FC5116">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="2302"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="-107"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...157 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B3C69" w:rsidRPr="00AF387D" w14:paraId="34121F7E" w14:textId="77777777" w:rsidTr="004445FF">
+      <w:tr w:rsidR="00C05C09" w:rsidRPr="00504926" w14:paraId="1653FC6E" w14:textId="77777777" w:rsidTr="004A1888">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="43" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="44F5F5BF" w14:textId="2A707BE5" w:rsidR="000D548F" w:rsidRPr="007672A8" w:rsidRDefault="000D548F" w:rsidP="000D548F">
-[...30 lines deleted...]
-          <w:p w14:paraId="7D605945" w14:textId="0022E0AA" w:rsidR="000D548F" w:rsidRPr="007672A8" w:rsidRDefault="000D548F" w:rsidP="00E0520C">
+          <w:p w14:paraId="260BB616" w14:textId="77777777" w:rsidR="00C05C09" w:rsidRPr="002B031B" w:rsidRDefault="00C05C09" w:rsidP="00D339D8">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="10053D6C" w14:textId="4A54B06A" w:rsidR="004B3C69" w:rsidRPr="007672A8" w:rsidRDefault="004B3C69" w:rsidP="00E0520C">
+            <w:r w:rsidRPr="002B031B">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                           OPPONENT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A5526D6" w14:textId="77777777" w:rsidR="00C05C09" w:rsidRPr="002B031B" w:rsidRDefault="00C05C09" w:rsidP="00D339D8">
+            <w:pPr>
+              <w:keepNext/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FBFA61A" w14:textId="0B860005" w:rsidR="00C05C09" w:rsidRPr="00C05C09" w:rsidRDefault="00C05C09" w:rsidP="00D339D8">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Opponent </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FC5116" w:rsidRPr="007672A8">
+              <w:t>Opponent (does not apply to licentiate seminar)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C05C09">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>(does not apply to licentiate seminar)</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B3C69" w:rsidRPr="007672A8" w14:paraId="27D373CD" w14:textId="77777777" w:rsidTr="00882E6F">
+      <w:tr w:rsidR="00C05C09" w:rsidRPr="00740F6E" w14:paraId="31AB0FA4" w14:textId="77777777" w:rsidTr="00376409">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="43" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="735"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5606" w:type="dxa"/>
+            <w:tcW w:w="5280" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="364EF4A6" w14:textId="77777777" w:rsidR="004B3C69" w:rsidRPr="007672A8" w:rsidRDefault="004B3C69" w:rsidP="00E0520C">
+          <w:p w14:paraId="2F07B84B" w14:textId="689BF1E8" w:rsidR="00C05C09" w:rsidRPr="00740F6E" w:rsidRDefault="00C05C09" w:rsidP="00D339D8">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0E0C4FE9" w14:textId="77777777" w:rsidR="004B3C69" w:rsidRPr="007672A8" w:rsidRDefault="004B3C69" w:rsidP="00E0520C">
+              </w:rPr>
+              <w:t>Nam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5635CECA" w14:textId="77777777" w:rsidR="00C05C09" w:rsidRPr="00740F6E" w:rsidRDefault="00C05C09" w:rsidP="00D339D8">
             <w:pPr>
               <w:keepNext/>
-              <w:keepLines/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...3 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...10 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...43 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09625BB0" w14:textId="77777777" w:rsidR="004B3C69" w:rsidRPr="007672A8" w:rsidRDefault="004B3C69" w:rsidP="00E0520C">
+          <w:p w14:paraId="3DE6F707" w14:textId="77777777" w:rsidR="004A1888" w:rsidRPr="007672A8" w:rsidRDefault="004A1888" w:rsidP="004A1888">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Academic title (must hold PhD or be a well-qualified professor</w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D6431B3" w14:textId="77777777" w:rsidR="004B3C69" w:rsidRPr="007672A8" w:rsidRDefault="004B3C69" w:rsidP="00E0520C">
+          <w:p w14:paraId="7E8E3C45" w14:textId="77777777" w:rsidR="00C05C09" w:rsidRPr="00740F6E" w:rsidRDefault="00C05C09" w:rsidP="00D339D8">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...3 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...10 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...43 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B3C69" w:rsidRPr="007672A8" w14:paraId="542BA41B" w14:textId="77777777" w:rsidTr="00882E6F">
+      <w:tr w:rsidR="00C05C09" w:rsidRPr="00740F6E" w14:paraId="729385A2" w14:textId="77777777" w:rsidTr="004A1888">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="43" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:val="772"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5606" w:type="dxa"/>
+            <w:tcW w:w="5280" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3405C8D6" w14:textId="77777777" w:rsidR="00AF387D" w:rsidRPr="007672A8" w:rsidRDefault="00AF387D" w:rsidP="00AF387D">
+          <w:p w14:paraId="0A83C1B3" w14:textId="44BAE05E" w:rsidR="00C05C09" w:rsidRPr="00740F6E" w:rsidRDefault="004A1888" w:rsidP="004A1888">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007672A8">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A566A">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>University, department</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A32A10A" w14:textId="5CF67622" w:rsidR="00AF387D" w:rsidRPr="00AF387D" w:rsidRDefault="00AF387D" w:rsidP="00AF387D">
-[...1 lines deleted...]
-              <w:pStyle w:val="Hjlptext"/>
+          <w:p w14:paraId="7BAAAF90" w14:textId="2DDDDA7F" w:rsidR="00C05C09" w:rsidRPr="00740F6E" w:rsidRDefault="00C05C09" w:rsidP="00D339D8">
+            <w:pPr>
               <w:keepNext/>
-              <w:keepLines/>
-[...13 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AF387D">
-[...4 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AF387D">
-[...12 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AF387D">
-[...49 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4926" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2358AC84" w14:textId="77777777" w:rsidR="004B3C69" w:rsidRPr="007672A8" w:rsidRDefault="004B3C69" w:rsidP="00E0520C">
-[...1 lines deleted...]
-              <w:keepNext/>
+          <w:p w14:paraId="5E1E28B6" w14:textId="7497641D" w:rsidR="00C05C09" w:rsidRPr="00740F6E" w:rsidRDefault="00C05C09" w:rsidP="00D339D8">
+            <w:pPr>
               <w:keepLines/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007672A8">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00740F6E">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="1BDEFA0E" w14:textId="77777777" w:rsidR="004B3C69" w:rsidRPr="007672A8" w:rsidRDefault="004B3C69" w:rsidP="00226451">
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="004A1888">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>mail</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="460CC2A1" w14:textId="77777777" w:rsidR="00C05C09" w:rsidRPr="00740F6E" w:rsidRDefault="00C05C09" w:rsidP="00D339D8">
             <w:pPr>
               <w:keepNext/>
-              <w:keepLines/>
               <w:spacing w:before="60"/>
               <w:rPr>
-                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text27"/>
+                  <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...3 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...10 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007672A8">
-[...43 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B3C69" w:rsidRPr="007672A8" w14:paraId="693AF390" w14:textId="77777777" w:rsidTr="004445FF">
+      <w:tr w:rsidR="00C05C09" w:rsidRPr="00740F6E" w14:paraId="7C6CD367" w14:textId="77777777" w:rsidTr="004A1888">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="56" w:type="dxa"/>
             <w:right w:w="56" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="43" w:type="dxa"/>
           <w:cantSplit/>
+          <w:trHeight w:val="695"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2943826A" w14:textId="25230050" w:rsidR="004B3C69" w:rsidRPr="007672A8" w:rsidRDefault="004B3C69" w:rsidP="00E0520C">
+          <w:p w14:paraId="207A8E51" w14:textId="7486BD6B" w:rsidR="00C05C09" w:rsidRPr="004A1888" w:rsidRDefault="004A1888" w:rsidP="004A1888">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007672A8">
+              <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Detailed description of scientific expertise </w:t>
             </w:r>
-            <w:r w:rsidR="00DF7B85" w:rsidRPr="007672A8">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>within the subject of the thesis.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DEEF7D9" w14:textId="15F95159" w:rsidR="004B3C69" w:rsidRPr="007672A8" w:rsidRDefault="00AF387D" w:rsidP="00E0520C">
-[...2 lines deleted...]
-              <w:keepLines/>
+          <w:p w14:paraId="18B273A6" w14:textId="77777777" w:rsidR="00C05C09" w:rsidRPr="00740F6E" w:rsidRDefault="00C05C09" w:rsidP="00D339D8">
+            <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00740F6E">
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73A7036A" w14:textId="77777777" w:rsidR="004B3C69" w:rsidRPr="007672A8" w:rsidRDefault="004B3C69" w:rsidP="00E0520C">
-[...8 lines deleted...]
-                <w:lang w:val="en-GB"/>
+          <w:p w14:paraId="110B5FF4" w14:textId="77777777" w:rsidR="00C05C09" w:rsidRPr="00740F6E" w:rsidRDefault="00C05C09" w:rsidP="00D339D8">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="09BCEF9D" w14:textId="43F32DDC" w:rsidR="00146F83" w:rsidRPr="007672A8" w:rsidRDefault="00146F83" w:rsidP="00D03A72">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6333328D" w14:textId="794EFE7E" w:rsidR="000D548F" w:rsidRPr="007672A8" w:rsidRDefault="000D548F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="RutrubrikChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rStyle w:val="RutrubrikChar"/>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3041056C" w14:textId="43DD1B58" w:rsidR="00BF251A" w:rsidRPr="007672A8" w:rsidRDefault="00BF251A" w:rsidP="004C53F4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="4"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -14994,83 +14426,83 @@
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36677176" w14:textId="77777777" w:rsidR="00BF251A" w:rsidRPr="007672A8" w:rsidRDefault="00BF251A" w:rsidP="0023528C">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="pageD4"/>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkStart w:id="5" w:name="pageD4"/>
+            <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">D4 </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(1)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3978993B" w14:textId="77777777" w:rsidR="00BF251A" w:rsidRPr="007672A8" w:rsidRDefault="00BF251A" w:rsidP="0023528C">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF251A" w:rsidRPr="00AF387D" w14:paraId="25AF49AB" w14:textId="77777777" w:rsidTr="0023528C">
+      <w:tr w:rsidR="00BF251A" w:rsidRPr="00504926" w14:paraId="25AF49AB" w14:textId="77777777" w:rsidTr="0023528C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="509"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="760129D8" w14:textId="77777777" w:rsidR="00BF251A" w:rsidRPr="007672A8" w:rsidRDefault="00BF251A" w:rsidP="0023528C">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
@@ -15101,54 +14533,54 @@
         </w:rPr>
         <w:t>Paper I</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF251A" w:rsidRPr="007672A8" w14:paraId="69B45FD7" w14:textId="77777777" w:rsidTr="0023528C">
+      <w:tr w:rsidR="00BF251A" w:rsidRPr="007672A8" w14:paraId="69B45FD7" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="709"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="20BEA20C" w14:textId="77777777" w:rsidR="00BF251A" w:rsidRPr="007672A8" w:rsidRDefault="00BF251A" w:rsidP="0023528C">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -15241,54 +14673,54 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF251A" w:rsidRPr="007672A8" w14:paraId="592D9884" w14:textId="77777777" w:rsidTr="0023528C">
+      <w:tr w:rsidR="00BF251A" w:rsidRPr="007672A8" w14:paraId="592D9884" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="47CDAB20" w14:textId="77777777" w:rsidR="00BF251A" w:rsidRPr="007672A8" w:rsidRDefault="00BF251A" w:rsidP="0023528C">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
@@ -15496,58 +14928,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -15702,58 +15134,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -15899,58 +15331,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F238B3" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manuscript / submitted </w:t>
             </w:r>
           </w:p>
@@ -15988,54 +15420,54 @@
         </w:rPr>
         <w:t>Ethical permits</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B90A61" w:rsidRPr="007672A8" w14:paraId="31B93B0D" w14:textId="77777777" w:rsidTr="00A72370">
+      <w:tr w:rsidR="00B90A61" w:rsidRPr="007672A8" w14:paraId="31B93B0D" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="605"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63818796" w14:textId="77777777" w:rsidR="00B90A61" w:rsidRPr="007672A8" w:rsidRDefault="00B90A61" w:rsidP="00A72370">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -16388,121 +15820,121 @@
         </w:rPr>
         <w:t>The paper will form part in another thesis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10131" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10131"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C2EE9" w:rsidRPr="00AF387D" w14:paraId="555EF84E" w14:textId="77777777" w:rsidTr="00B90A61">
+      <w:tr w:rsidR="002C2EE9" w:rsidRPr="00504926" w14:paraId="555EF84E" w14:textId="77777777" w:rsidTr="00B90A61">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1027"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:bookmarkStart w:id="7" w:name="_Hlk32420148"/>
+          <w:bookmarkStart w:id="6" w:name="_Hlk32420148"/>
           <w:p w14:paraId="3D2E674E" w14:textId="77777777" w:rsidR="002C2EE9" w:rsidRPr="007672A8" w:rsidRDefault="002C2EE9" w:rsidP="00A72370">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
@@ -16542,59 +15974,59 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -16727,59 +16159,59 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -16879,51 +16311,51 @@
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:tbl>
     <w:p w14:paraId="697C7759" w14:textId="630007D9" w:rsidR="00FC5116" w:rsidRPr="007672A8" w:rsidRDefault="009972BE" w:rsidP="004805F5">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
@@ -18006,51 +17438,51 @@
               </w:rPr>
               <w:t xml:space="preserve">D4 </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(2)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1581F658" w14:textId="77777777" w:rsidR="004C53F4" w:rsidRPr="007672A8" w:rsidRDefault="004C53F4" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C53F4" w:rsidRPr="00AF387D" w14:paraId="24A855E3" w14:textId="77777777" w:rsidTr="001564B0">
+      <w:tr w:rsidR="004C53F4" w:rsidRPr="00504926" w14:paraId="24A855E3" w14:textId="77777777" w:rsidTr="001564B0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="509"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B3B7FF3" w14:textId="77777777" w:rsidR="004C53F4" w:rsidRPr="007672A8" w:rsidRDefault="004C53F4" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
@@ -18089,54 +17521,54 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="67242E7F" w14:textId="77777777" w:rsidTr="00B6393A">
+      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="67242E7F" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="695"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="048E45C8" w14:textId="77777777" w:rsidR="0013191D" w:rsidRPr="007672A8" w:rsidRDefault="0013191D" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -18229,54 +17661,54 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="3F0BD772" w14:textId="77777777" w:rsidTr="00B6393A">
+      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="3F0BD772" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7218A0BD" w14:textId="77777777" w:rsidR="0013191D" w:rsidRPr="007672A8" w:rsidRDefault="0013191D" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
@@ -18484,58 +17916,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -18681,58 +18113,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -18869,58 +18301,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manuscript / submitted </w:t>
             </w:r>
           </w:p>
@@ -18958,54 +18390,54 @@
         </w:rPr>
         <w:t>Ethical permits</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="1CF16734" w14:textId="77777777" w:rsidTr="00B6393A">
+      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="1CF16734" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="771DFA9F" w14:textId="77777777" w:rsidR="0013191D" w:rsidRPr="007672A8" w:rsidRDefault="0013191D" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -19349,51 +18781,51 @@
         </w:rPr>
         <w:t>The paper will form part in another thesis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10273" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10273"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C2EE9" w:rsidRPr="00AF387D" w14:paraId="7508AC2E" w14:textId="77777777" w:rsidTr="00BE2076">
+      <w:tr w:rsidR="002C2EE9" w:rsidRPr="00504926" w14:paraId="7508AC2E" w14:textId="77777777" w:rsidTr="00BE2076">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1027"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D914AA3" w14:textId="77777777" w:rsidR="002C2EE9" w:rsidRPr="007672A8" w:rsidRDefault="002C2EE9" w:rsidP="00A72370">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
@@ -19409,60 +18841,60 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
@@ -19502,59 +18934,59 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -19687,59 +19119,59 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -20984,51 +20416,51 @@
               </w:rPr>
               <w:t xml:space="preserve">D4 </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(3)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17B22E0A" w14:textId="77777777" w:rsidR="004C53F4" w:rsidRPr="007672A8" w:rsidRDefault="004C53F4" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C53F4" w:rsidRPr="00AF387D" w14:paraId="0D24E898" w14:textId="77777777" w:rsidTr="001564B0">
+      <w:tr w:rsidR="004C53F4" w:rsidRPr="00504926" w14:paraId="0D24E898" w14:textId="77777777" w:rsidTr="001564B0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="509"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="035FCC15" w14:textId="77777777" w:rsidR="004C53F4" w:rsidRPr="007672A8" w:rsidRDefault="004C53F4" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
@@ -21067,54 +20499,54 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="547E97FF" w14:textId="77777777" w:rsidTr="00B6393A">
+      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="547E97FF" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="739"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="637DBD87" w14:textId="77777777" w:rsidR="0013191D" w:rsidRPr="007672A8" w:rsidRDefault="0013191D" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -21207,54 +20639,54 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="62F64E6B" w14:textId="77777777" w:rsidTr="00B6393A">
+      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="62F64E6B" w14:textId="77777777" w:rsidTr="00504926">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="693"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1799F8AA" w14:textId="77777777" w:rsidR="0013191D" w:rsidRPr="007672A8" w:rsidRDefault="0013191D" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
@@ -21462,58 +20894,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -21659,58 +21091,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -21847,58 +21279,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manuscript / submitted </w:t>
             </w:r>
           </w:p>
@@ -21936,54 +21368,54 @@
         </w:rPr>
         <w:t>Ethical permits</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="4506BBB3" w14:textId="77777777" w:rsidTr="00B6393A">
+      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="4506BBB3" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="691"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5D41B71D" w14:textId="77777777" w:rsidR="0013191D" w:rsidRPr="007672A8" w:rsidRDefault="0013191D" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -22326,51 +21758,51 @@
         </w:rPr>
         <w:t>The paper will form part in another thesis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10273" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10273"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C2EE9" w:rsidRPr="00AF387D" w14:paraId="5C3356C8" w14:textId="77777777" w:rsidTr="00BE2076">
+      <w:tr w:rsidR="002C2EE9" w:rsidRPr="00504926" w14:paraId="5C3356C8" w14:textId="77777777" w:rsidTr="00BE2076">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1027"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A0B0AC8" w14:textId="77777777" w:rsidR="002C2EE9" w:rsidRPr="007672A8" w:rsidRDefault="002C2EE9" w:rsidP="00A72370">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
@@ -22386,60 +21818,60 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
@@ -22479,59 +21911,59 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -22664,59 +22096,59 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -23937,51 +23369,51 @@
               </w:rPr>
               <w:t xml:space="preserve">D4 </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(4)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03804897" w14:textId="77777777" w:rsidR="001D16AD" w:rsidRPr="007672A8" w:rsidRDefault="001D16AD" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D16AD" w:rsidRPr="00AF387D" w14:paraId="16F4184E" w14:textId="77777777" w:rsidTr="001564B0">
+      <w:tr w:rsidR="001D16AD" w:rsidRPr="00504926" w14:paraId="16F4184E" w14:textId="77777777" w:rsidTr="001564B0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="509"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64E3EC7B" w14:textId="77777777" w:rsidR="001D16AD" w:rsidRPr="007672A8" w:rsidRDefault="001D16AD" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
@@ -24020,54 +23452,54 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="32155A5F" w14:textId="77777777" w:rsidTr="00B6393A">
+      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="32155A5F" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="609"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2214258C" w14:textId="77777777" w:rsidR="0013191D" w:rsidRPr="007672A8" w:rsidRDefault="0013191D" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -24160,54 +23592,54 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="47E0EBF0" w14:textId="77777777" w:rsidTr="00B6393A">
+      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="47E0EBF0" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="589"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7838C98C" w14:textId="77777777" w:rsidR="0013191D" w:rsidRPr="007672A8" w:rsidRDefault="0013191D" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
@@ -24415,58 +23847,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -24612,58 +24044,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -24800,58 +24232,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manuscript / submitted </w:t>
             </w:r>
           </w:p>
@@ -24889,54 +24321,54 @@
         </w:rPr>
         <w:t>Ethical permits</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="7B9A5FDE" w14:textId="77777777" w:rsidTr="00B6393A">
+      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="7B9A5FDE" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="702"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="05E945AA" w14:textId="77777777" w:rsidR="0013191D" w:rsidRPr="007672A8" w:rsidRDefault="0013191D" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -25279,51 +24711,51 @@
         </w:rPr>
         <w:t>The paper will form part in another thesis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10273" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10273"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C2EE9" w:rsidRPr="00AF387D" w14:paraId="2E55CF4D" w14:textId="77777777" w:rsidTr="00BE2076">
+      <w:tr w:rsidR="002C2EE9" w:rsidRPr="00504926" w14:paraId="2E55CF4D" w14:textId="77777777" w:rsidTr="00BE2076">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1027"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="478D96FF" w14:textId="77777777" w:rsidR="002C2EE9" w:rsidRPr="007672A8" w:rsidRDefault="002C2EE9" w:rsidP="00A72370">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
@@ -25339,60 +24771,60 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
@@ -25432,59 +24864,59 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -25617,59 +25049,59 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -26889,51 +26321,51 @@
               </w:rPr>
               <w:t xml:space="preserve">D4 </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(5)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0056792E" w14:textId="77777777" w:rsidR="001D16AD" w:rsidRPr="007672A8" w:rsidRDefault="001D16AD" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D16AD" w:rsidRPr="00AF387D" w14:paraId="3B7DF89C" w14:textId="77777777" w:rsidTr="001564B0">
+      <w:tr w:rsidR="001D16AD" w:rsidRPr="00504926" w14:paraId="3B7DF89C" w14:textId="77777777" w:rsidTr="001564B0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="509"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="393EDBAB" w14:textId="77777777" w:rsidR="001D16AD" w:rsidRPr="007672A8" w:rsidRDefault="001D16AD" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
@@ -26972,54 +26404,54 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="0ED323EC" w14:textId="77777777" w:rsidTr="00B6393A">
+      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="0ED323EC" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="609"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0F149A7C" w14:textId="77777777" w:rsidR="0013191D" w:rsidRPr="007672A8" w:rsidRDefault="0013191D" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -27112,54 +26544,54 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="193BEC66" w14:textId="77777777" w:rsidTr="00B6393A">
+      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="193BEC66" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="589"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5515C8CF" w14:textId="77777777" w:rsidR="0013191D" w:rsidRPr="007672A8" w:rsidRDefault="0013191D" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
@@ -27367,58 +26799,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -27564,58 +26996,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
@@ -27752,58 +27184,58 @@
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Manuscript / submitted </w:t>
             </w:r>
           </w:p>
@@ -27841,54 +27273,54 @@
         </w:rPr>
         <w:t>Ethical permits</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="6F7171F6" w14:textId="77777777" w:rsidTr="00B6393A">
+      <w:tr w:rsidR="0013191D" w:rsidRPr="007672A8" w14:paraId="6F7171F6" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="702"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="070547D3" w14:textId="77777777" w:rsidR="0013191D" w:rsidRPr="007672A8" w:rsidRDefault="0013191D" w:rsidP="00B6393A">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -28231,51 +27663,51 @@
         </w:rPr>
         <w:t>The paper will form part in another thesis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10273" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10273"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B90A61" w:rsidRPr="00AF387D" w14:paraId="13631A29" w14:textId="77777777" w:rsidTr="00BE2076">
+      <w:tr w:rsidR="00B90A61" w:rsidRPr="00504926" w14:paraId="13631A29" w14:textId="77777777" w:rsidTr="00BE2076">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1027"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61F415A7" w14:textId="77777777" w:rsidR="00B90A61" w:rsidRPr="007672A8" w:rsidRDefault="00B90A61" w:rsidP="00A72370">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
@@ -28291,60 +27723,60 @@
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
@@ -28384,59 +27816,59 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -28569,59 +28001,59 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -29788,52 +29220,52 @@
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C18F636" w14:textId="77777777" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="pageD4prel"/>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkStart w:id="7" w:name="pageD4prel"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">D4 </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(prel.res)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14AA5D79" w14:textId="77777777" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
@@ -29855,63 +29287,63 @@
           <w:p w14:paraId="6AF66A08" w14:textId="77777777" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="048D32B4" w14:textId="77777777" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="004720E2" w:rsidP="00364725">
+    <w:p w14:paraId="048D32B4" w14:textId="77777777" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="00364725">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="D4b" w:history="1"/>
     </w:p>
-    <w:p w14:paraId="37DEDE6F" w14:textId="77777777" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="00364725">
+    <w:p w14:paraId="37DEDE6F" w14:textId="3DCDA889" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="00364725">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Preliminary results</w:t>
       </w:r>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -29922,51 +29354,51 @@
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">(This applies only to results </w:t>
       </w:r>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">not </w:t>
       </w:r>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">included in a constituent paper and if ethical permits are required) </w:t>
+        <w:t xml:space="preserve">included in a constituent paper) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C082741" w14:textId="77777777" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="00364725">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FD6EE22" w14:textId="77777777" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="00364725">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
@@ -29978,54 +29410,54 @@
         </w:rPr>
         <w:t>Ethical permits</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00364725" w:rsidRPr="007672A8" w14:paraId="123D21DD" w14:textId="77777777" w:rsidTr="001564B0">
+      <w:tr w:rsidR="00364725" w:rsidRPr="007672A8" w14:paraId="123D21DD" w14:textId="77777777" w:rsidTr="00376409">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="628"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="537A8291" w14:textId="77777777" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Hjlptext"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
@@ -30125,73 +29557,103 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E48D3EE" w14:textId="77777777" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="00364725">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AF73796" w14:textId="440B1788" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="00364725">
+    <w:p w14:paraId="5AF73796" w14:textId="1BC4B5B1" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00376409" w:rsidP="00364725">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  M</w:t>
+      </w:r>
       <w:r w:rsidRPr="007672A8">
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Description of the study (methods/material + results)</w:t>
+        <w:t>ethods/material + results</w:t>
       </w:r>
-      <w:r w:rsidRPr="007672A8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00364725" w:rsidRPr="007672A8">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Description of the study</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -30561,52 +30023,52 @@
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03D2D41D" w14:textId="73CF2F96" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="pageD6"/>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkStart w:id="8" w:name="pageD6"/>
+            <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="00B94DEA" w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:sz w:val="36"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00364725" w:rsidRPr="007672A8" w14:paraId="0C8B2680" w14:textId="77777777" w:rsidTr="001564B0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
@@ -30676,107 +30138,89 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22BD75FD" w14:textId="2B4951A4" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Sidhuvud"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7973"/>
               </w:tabs>
               <w:ind w:left="-108" w:right="-107"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00364725" w:rsidRPr="00AF387D" w14:paraId="16D6252B" w14:textId="77777777" w:rsidTr="001564B0">
+      <w:tr w:rsidR="00364725" w:rsidRPr="00504926" w14:paraId="16D6252B" w14:textId="77777777" w:rsidTr="001564B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="283E7884" w14:textId="77777777" w:rsidR="00C5637E" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="00C5637E">
             <w:pPr>
               <w:spacing w:before="120" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">We hereby certify that the proposed Examination Board members and proposed opponent (see page D3) are impartial, objective and without any ties whatsoever to the student, the </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> or the project. </w:t>
+              <w:t xml:space="preserve">We hereby certify that the proposed Examination Board members and proposed opponent (see page D3) are impartial, objective and without any ties whatsoever to the student, the supervisors or the project. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60801E18" w14:textId="1889DBEA" w:rsidR="00BE60DA" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="00C5637E">
             <w:pPr>
               <w:spacing w:before="120" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">A conflict of interest arises if there has been scientific collaboration over </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
@@ -30952,57 +30396,57 @@
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004720E2">
+            <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
@@ -33258,51 +32702,51 @@
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> studies </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00364725" w:rsidRPr="00AF387D" w14:paraId="639FEF91" w14:textId="77777777" w:rsidTr="001564B0">
+      <w:tr w:rsidR="00364725" w:rsidRPr="00504926" w14:paraId="639FEF91" w14:textId="77777777" w:rsidTr="001564B0">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77B486AF" w14:textId="74536308" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Rutrubrik"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -33749,51 +33193,51 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00364725" w:rsidRPr="00AF387D" w14:paraId="1E25E4A2" w14:textId="77777777" w:rsidTr="001564B0">
+      <w:tr w:rsidR="00364725" w:rsidRPr="00504926" w14:paraId="1E25E4A2" w14:textId="77777777" w:rsidTr="001564B0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="826"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="5907DFE9" w14:textId="30D1C3CC" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00364725" w:rsidP="001564B0">
             <w:pPr>
               <w:pStyle w:val="Beskrivning"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rStyle w:val="RutrubrikChar"/>
@@ -34155,51 +33599,51 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00364725" w:rsidRPr="00AF387D" w14:paraId="276308C4" w14:textId="77777777" w:rsidTr="001564B0">
+      <w:tr w:rsidR="00364725" w:rsidRPr="00504926" w14:paraId="276308C4" w14:textId="77777777" w:rsidTr="001564B0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="542"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="246A91AB" w14:textId="12659942" w:rsidR="00364725" w:rsidRPr="007672A8" w:rsidRDefault="00E5765F" w:rsidP="001564B0">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007672A8">
               <w:rPr>
                 <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans" w:cs="Arial"/>
@@ -34482,178 +33926,178 @@
     <w:p w14:paraId="1CFC5B74" w14:textId="77777777" w:rsidR="00613B88" w:rsidRPr="007672A8" w:rsidRDefault="00613B88" w:rsidP="00613B88">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="DM Sans" w:hAnsi="DM Sans"/>
           <w:sz w:val="4"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00613B88" w:rsidRPr="007672A8" w:rsidSect="00304C97">
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="425" w:right="851" w:bottom="255" w:left="964" w:header="425" w:footer="119" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1E393584" w14:textId="77777777" w:rsidR="00BA60AC" w:rsidRDefault="00BA60AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4DF1EEB2" w14:textId="77777777" w:rsidR="00BA60AC" w:rsidRDefault="00BA60AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Geneva">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5200205F" w:usb2="00A0C000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DM Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="50CCD3FA" w14:textId="77777777" w:rsidR="00BA60AC" w:rsidRDefault="00BA60AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0D32FA0C" w14:textId="77777777" w:rsidR="00BA60AC" w:rsidRDefault="00BA60AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BAE3A03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A21449FC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -35543,126 +34987,129 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1767462225">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="32577115">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="236597732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2108773460">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="861362362">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="984041129">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fD66rTw6WxhYwbh7LvlS9AKFKy2D+Lks4tRxVMW7NP6UwJ22NRiIMwFiHHOMQF3DPvTaWXsoGhQApwyxQzVaOw==" w:salt="YxjhIrS4OzvleFML1WN4lA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="GrC+Le/NtYubj1WJA+NalDPAwbg3wULR3GNXizaD8N0CgkBgpIUxAW7q6Rr4Yz/MR9v0XEm6PfsNZ2cTsjWSIg==" w:salt="HnbSyCaOt3NphMhJbbVSJw=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D075A"/>
     <w:rsid w:val="00011107"/>
     <w:rsid w:val="0001680C"/>
     <w:rsid w:val="00021F29"/>
     <w:rsid w:val="000224A3"/>
     <w:rsid w:val="0002289C"/>
     <w:rsid w:val="00026782"/>
     <w:rsid w:val="00031702"/>
     <w:rsid w:val="0003193D"/>
     <w:rsid w:val="000349CE"/>
     <w:rsid w:val="00034C6C"/>
     <w:rsid w:val="0003707C"/>
     <w:rsid w:val="0004083D"/>
+    <w:rsid w:val="00041638"/>
     <w:rsid w:val="0004168D"/>
     <w:rsid w:val="000420A3"/>
     <w:rsid w:val="0004216C"/>
     <w:rsid w:val="00046A2F"/>
     <w:rsid w:val="00046D08"/>
     <w:rsid w:val="00051DF1"/>
     <w:rsid w:val="000553CB"/>
     <w:rsid w:val="00056152"/>
     <w:rsid w:val="00061EFA"/>
     <w:rsid w:val="00062A85"/>
     <w:rsid w:val="00062F58"/>
     <w:rsid w:val="00063D0A"/>
     <w:rsid w:val="00063D43"/>
     <w:rsid w:val="0007254C"/>
     <w:rsid w:val="00090759"/>
     <w:rsid w:val="00091FD3"/>
     <w:rsid w:val="00093B86"/>
     <w:rsid w:val="00094290"/>
     <w:rsid w:val="000952F5"/>
     <w:rsid w:val="000A578F"/>
     <w:rsid w:val="000A7037"/>
     <w:rsid w:val="000A726A"/>
     <w:rsid w:val="000B1784"/>
     <w:rsid w:val="000C0A5B"/>
     <w:rsid w:val="000C1494"/>
     <w:rsid w:val="000C3466"/>
     <w:rsid w:val="000C3F55"/>
+    <w:rsid w:val="000D3CA2"/>
     <w:rsid w:val="000D4945"/>
     <w:rsid w:val="000D548F"/>
     <w:rsid w:val="000D7098"/>
     <w:rsid w:val="000E0ABC"/>
     <w:rsid w:val="000E397F"/>
     <w:rsid w:val="000E661D"/>
     <w:rsid w:val="000F168C"/>
     <w:rsid w:val="000F31C3"/>
     <w:rsid w:val="000F5A3D"/>
     <w:rsid w:val="000F5B5D"/>
+    <w:rsid w:val="000F6801"/>
     <w:rsid w:val="001009B9"/>
     <w:rsid w:val="001030C4"/>
     <w:rsid w:val="00105B36"/>
     <w:rsid w:val="00106FDC"/>
     <w:rsid w:val="00107B96"/>
     <w:rsid w:val="001112B6"/>
     <w:rsid w:val="00112C03"/>
     <w:rsid w:val="001131F3"/>
     <w:rsid w:val="00116A83"/>
     <w:rsid w:val="00120854"/>
     <w:rsid w:val="0012260D"/>
     <w:rsid w:val="00123D9C"/>
     <w:rsid w:val="00125208"/>
     <w:rsid w:val="00125907"/>
     <w:rsid w:val="00127C49"/>
     <w:rsid w:val="0013191D"/>
     <w:rsid w:val="00134EDC"/>
     <w:rsid w:val="00135F5D"/>
     <w:rsid w:val="00140C17"/>
     <w:rsid w:val="001427FB"/>
     <w:rsid w:val="001457DD"/>
     <w:rsid w:val="00146F83"/>
     <w:rsid w:val="00150F37"/>
     <w:rsid w:val="0015478A"/>
     <w:rsid w:val="00154E5D"/>
@@ -35670,235 +35117,252 @@
     <w:rsid w:val="0016002A"/>
     <w:rsid w:val="00161634"/>
     <w:rsid w:val="001641AC"/>
     <w:rsid w:val="00170C1B"/>
     <w:rsid w:val="00171618"/>
     <w:rsid w:val="001721D4"/>
     <w:rsid w:val="00172797"/>
     <w:rsid w:val="001738C3"/>
     <w:rsid w:val="0017614F"/>
     <w:rsid w:val="00176554"/>
     <w:rsid w:val="001768FF"/>
     <w:rsid w:val="00181AC3"/>
     <w:rsid w:val="00183843"/>
     <w:rsid w:val="00183D4B"/>
     <w:rsid w:val="00184C9B"/>
     <w:rsid w:val="001853DF"/>
     <w:rsid w:val="0018665E"/>
     <w:rsid w:val="00186832"/>
     <w:rsid w:val="00191C09"/>
     <w:rsid w:val="0019311F"/>
     <w:rsid w:val="00196048"/>
     <w:rsid w:val="00197ACE"/>
     <w:rsid w:val="001A06EC"/>
     <w:rsid w:val="001A3D0B"/>
     <w:rsid w:val="001A5404"/>
+    <w:rsid w:val="001A6DD1"/>
     <w:rsid w:val="001A7840"/>
+    <w:rsid w:val="001B0CD8"/>
     <w:rsid w:val="001B101D"/>
     <w:rsid w:val="001B733B"/>
     <w:rsid w:val="001C0C59"/>
     <w:rsid w:val="001C1C8F"/>
     <w:rsid w:val="001C41FD"/>
     <w:rsid w:val="001D16AD"/>
     <w:rsid w:val="001D64F5"/>
     <w:rsid w:val="001E29A5"/>
+    <w:rsid w:val="001E29C1"/>
     <w:rsid w:val="001E3D05"/>
     <w:rsid w:val="001F186A"/>
     <w:rsid w:val="001F2A3C"/>
     <w:rsid w:val="001F7A6B"/>
     <w:rsid w:val="00204A88"/>
     <w:rsid w:val="002068A7"/>
     <w:rsid w:val="00206911"/>
     <w:rsid w:val="00207A76"/>
     <w:rsid w:val="00213128"/>
     <w:rsid w:val="00215645"/>
     <w:rsid w:val="002208F3"/>
     <w:rsid w:val="00221592"/>
     <w:rsid w:val="00221D66"/>
     <w:rsid w:val="00225928"/>
     <w:rsid w:val="00226451"/>
     <w:rsid w:val="00226791"/>
     <w:rsid w:val="00230532"/>
     <w:rsid w:val="0023360E"/>
     <w:rsid w:val="0023528C"/>
     <w:rsid w:val="00236E23"/>
     <w:rsid w:val="00240CF0"/>
     <w:rsid w:val="0024160B"/>
     <w:rsid w:val="00243B22"/>
     <w:rsid w:val="0024650A"/>
     <w:rsid w:val="00251881"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="00251CDE"/>
     <w:rsid w:val="00254619"/>
     <w:rsid w:val="002559B9"/>
     <w:rsid w:val="00255D77"/>
     <w:rsid w:val="00256E2F"/>
     <w:rsid w:val="0026077F"/>
     <w:rsid w:val="00260A9B"/>
     <w:rsid w:val="00260C80"/>
     <w:rsid w:val="00270AF7"/>
     <w:rsid w:val="002729EF"/>
     <w:rsid w:val="00273D70"/>
     <w:rsid w:val="00277229"/>
     <w:rsid w:val="002777B2"/>
     <w:rsid w:val="00281229"/>
     <w:rsid w:val="00281CA0"/>
+    <w:rsid w:val="002857B0"/>
     <w:rsid w:val="0028641A"/>
     <w:rsid w:val="00286FF0"/>
     <w:rsid w:val="002876DC"/>
     <w:rsid w:val="00292565"/>
     <w:rsid w:val="002A4880"/>
     <w:rsid w:val="002A570B"/>
+    <w:rsid w:val="002B031B"/>
     <w:rsid w:val="002B2E8B"/>
     <w:rsid w:val="002B5E4A"/>
     <w:rsid w:val="002B5EEE"/>
     <w:rsid w:val="002B6402"/>
     <w:rsid w:val="002B7BF5"/>
     <w:rsid w:val="002B7F19"/>
     <w:rsid w:val="002C0F40"/>
     <w:rsid w:val="002C2EE9"/>
     <w:rsid w:val="002C327C"/>
     <w:rsid w:val="002C4836"/>
     <w:rsid w:val="002C7732"/>
     <w:rsid w:val="002D23AA"/>
     <w:rsid w:val="002D5D51"/>
     <w:rsid w:val="002E2847"/>
     <w:rsid w:val="002E361E"/>
     <w:rsid w:val="002E51D9"/>
     <w:rsid w:val="002F11DA"/>
     <w:rsid w:val="002F25B7"/>
     <w:rsid w:val="002F6451"/>
     <w:rsid w:val="00302F9D"/>
     <w:rsid w:val="00303656"/>
     <w:rsid w:val="00304C97"/>
     <w:rsid w:val="0030525D"/>
     <w:rsid w:val="00305EC6"/>
     <w:rsid w:val="00310D83"/>
     <w:rsid w:val="00311042"/>
+    <w:rsid w:val="00313645"/>
     <w:rsid w:val="003161FF"/>
     <w:rsid w:val="00324774"/>
     <w:rsid w:val="00326E11"/>
     <w:rsid w:val="00327E30"/>
     <w:rsid w:val="00327F5C"/>
     <w:rsid w:val="0033467B"/>
     <w:rsid w:val="00340395"/>
     <w:rsid w:val="0034787D"/>
     <w:rsid w:val="00350A22"/>
     <w:rsid w:val="00353154"/>
     <w:rsid w:val="0035424C"/>
     <w:rsid w:val="0035478E"/>
     <w:rsid w:val="00355410"/>
     <w:rsid w:val="00357F30"/>
+    <w:rsid w:val="00362F34"/>
     <w:rsid w:val="00363204"/>
     <w:rsid w:val="00363B4C"/>
     <w:rsid w:val="00363DBD"/>
     <w:rsid w:val="00364725"/>
     <w:rsid w:val="00364B9B"/>
     <w:rsid w:val="00375724"/>
+    <w:rsid w:val="00376409"/>
     <w:rsid w:val="003804B5"/>
     <w:rsid w:val="00380976"/>
     <w:rsid w:val="0038335C"/>
     <w:rsid w:val="00383A94"/>
     <w:rsid w:val="00386812"/>
     <w:rsid w:val="00390283"/>
     <w:rsid w:val="003A41BF"/>
     <w:rsid w:val="003A6726"/>
+    <w:rsid w:val="003B1440"/>
     <w:rsid w:val="003B3F55"/>
     <w:rsid w:val="003B5C63"/>
     <w:rsid w:val="003B74A1"/>
     <w:rsid w:val="003C03E8"/>
     <w:rsid w:val="003C0536"/>
     <w:rsid w:val="003C16F2"/>
+    <w:rsid w:val="003C2D32"/>
     <w:rsid w:val="003C4F44"/>
     <w:rsid w:val="003C4F87"/>
     <w:rsid w:val="003C784B"/>
     <w:rsid w:val="003D19F4"/>
     <w:rsid w:val="003D2015"/>
     <w:rsid w:val="003D20E0"/>
     <w:rsid w:val="003D25ED"/>
+    <w:rsid w:val="003D43A6"/>
     <w:rsid w:val="003D699E"/>
     <w:rsid w:val="003E0A95"/>
     <w:rsid w:val="003E5FC2"/>
     <w:rsid w:val="003E72F3"/>
     <w:rsid w:val="003F142D"/>
     <w:rsid w:val="003F5015"/>
     <w:rsid w:val="003F7192"/>
     <w:rsid w:val="003F71EC"/>
     <w:rsid w:val="00402683"/>
     <w:rsid w:val="00402FBD"/>
+    <w:rsid w:val="004030F2"/>
     <w:rsid w:val="00403774"/>
+    <w:rsid w:val="00404BCD"/>
     <w:rsid w:val="004064A7"/>
     <w:rsid w:val="00411867"/>
     <w:rsid w:val="00416D77"/>
     <w:rsid w:val="00421728"/>
     <w:rsid w:val="004236C5"/>
     <w:rsid w:val="0042617D"/>
+    <w:rsid w:val="0043200A"/>
     <w:rsid w:val="0043749E"/>
     <w:rsid w:val="00437D76"/>
     <w:rsid w:val="00440E3E"/>
     <w:rsid w:val="00442C1B"/>
     <w:rsid w:val="0044398F"/>
     <w:rsid w:val="004445FF"/>
     <w:rsid w:val="00453A4E"/>
     <w:rsid w:val="00460133"/>
     <w:rsid w:val="004676E4"/>
     <w:rsid w:val="004720E2"/>
     <w:rsid w:val="004720FD"/>
+    <w:rsid w:val="00472AC3"/>
     <w:rsid w:val="0047727C"/>
     <w:rsid w:val="004772E4"/>
     <w:rsid w:val="004805F5"/>
     <w:rsid w:val="00487535"/>
     <w:rsid w:val="00490C62"/>
     <w:rsid w:val="00493A83"/>
     <w:rsid w:val="00493EE5"/>
     <w:rsid w:val="00494B13"/>
     <w:rsid w:val="004967AC"/>
     <w:rsid w:val="00496EFB"/>
     <w:rsid w:val="004A179B"/>
+    <w:rsid w:val="004A1888"/>
     <w:rsid w:val="004A33CB"/>
     <w:rsid w:val="004A73DB"/>
     <w:rsid w:val="004B02D8"/>
     <w:rsid w:val="004B1FB3"/>
     <w:rsid w:val="004B3C69"/>
     <w:rsid w:val="004B4A43"/>
     <w:rsid w:val="004C53F4"/>
     <w:rsid w:val="004D075A"/>
     <w:rsid w:val="004D0DCD"/>
     <w:rsid w:val="004D36B5"/>
     <w:rsid w:val="004D548A"/>
     <w:rsid w:val="004D631B"/>
     <w:rsid w:val="004D6771"/>
     <w:rsid w:val="004D70F1"/>
     <w:rsid w:val="004E0ACC"/>
     <w:rsid w:val="004E43AD"/>
     <w:rsid w:val="004E7902"/>
     <w:rsid w:val="004F110D"/>
     <w:rsid w:val="004F21BE"/>
     <w:rsid w:val="004F2BE2"/>
     <w:rsid w:val="004F4F83"/>
     <w:rsid w:val="005014CE"/>
     <w:rsid w:val="0050349B"/>
+    <w:rsid w:val="00504926"/>
     <w:rsid w:val="00507110"/>
     <w:rsid w:val="00507673"/>
     <w:rsid w:val="00511DB5"/>
     <w:rsid w:val="00512DFA"/>
     <w:rsid w:val="00521EBA"/>
     <w:rsid w:val="0052228C"/>
     <w:rsid w:val="00526D37"/>
     <w:rsid w:val="005326FB"/>
     <w:rsid w:val="00540A65"/>
     <w:rsid w:val="00540C6A"/>
     <w:rsid w:val="00543CA7"/>
     <w:rsid w:val="005446C6"/>
     <w:rsid w:val="00554517"/>
     <w:rsid w:val="00554F2A"/>
     <w:rsid w:val="00555283"/>
     <w:rsid w:val="005565EF"/>
     <w:rsid w:val="00556E0F"/>
     <w:rsid w:val="00560C7F"/>
     <w:rsid w:val="0056143F"/>
     <w:rsid w:val="0056171E"/>
     <w:rsid w:val="00562B32"/>
     <w:rsid w:val="0056530F"/>
     <w:rsid w:val="005668EB"/>
     <w:rsid w:val="00567534"/>
     <w:rsid w:val="00567836"/>
@@ -35908,286 +35372,309 @@
     <w:rsid w:val="00575A83"/>
     <w:rsid w:val="00576699"/>
     <w:rsid w:val="00577BC0"/>
     <w:rsid w:val="0058157F"/>
     <w:rsid w:val="00584869"/>
     <w:rsid w:val="00584BEB"/>
     <w:rsid w:val="005876BC"/>
     <w:rsid w:val="00587FC8"/>
     <w:rsid w:val="00595AD0"/>
     <w:rsid w:val="005A208D"/>
     <w:rsid w:val="005A300E"/>
     <w:rsid w:val="005A313D"/>
     <w:rsid w:val="005A64C8"/>
     <w:rsid w:val="005A76B2"/>
     <w:rsid w:val="005B14CC"/>
     <w:rsid w:val="005C4C80"/>
     <w:rsid w:val="005C6645"/>
     <w:rsid w:val="005D0693"/>
     <w:rsid w:val="005D3346"/>
     <w:rsid w:val="005D6BBB"/>
     <w:rsid w:val="005E0CEE"/>
     <w:rsid w:val="005E7AA7"/>
     <w:rsid w:val="005F341A"/>
     <w:rsid w:val="005F36C4"/>
     <w:rsid w:val="005F397B"/>
+    <w:rsid w:val="005F5C6C"/>
     <w:rsid w:val="005F7B37"/>
     <w:rsid w:val="0060117D"/>
     <w:rsid w:val="0060446E"/>
     <w:rsid w:val="00611EF7"/>
     <w:rsid w:val="006122C7"/>
     <w:rsid w:val="00613B88"/>
     <w:rsid w:val="00617D59"/>
     <w:rsid w:val="0063085C"/>
     <w:rsid w:val="00631233"/>
     <w:rsid w:val="0063124A"/>
     <w:rsid w:val="0063496F"/>
     <w:rsid w:val="00643719"/>
     <w:rsid w:val="00644F75"/>
     <w:rsid w:val="006478CA"/>
     <w:rsid w:val="00655F12"/>
     <w:rsid w:val="00666E02"/>
+    <w:rsid w:val="00666E5D"/>
     <w:rsid w:val="0066707C"/>
     <w:rsid w:val="0066762D"/>
     <w:rsid w:val="006729FD"/>
     <w:rsid w:val="0067361E"/>
     <w:rsid w:val="006779F5"/>
     <w:rsid w:val="00680D0E"/>
+    <w:rsid w:val="00682C70"/>
     <w:rsid w:val="00684688"/>
     <w:rsid w:val="00684FC6"/>
     <w:rsid w:val="006908A0"/>
     <w:rsid w:val="006947A2"/>
     <w:rsid w:val="0069590A"/>
     <w:rsid w:val="00695D14"/>
     <w:rsid w:val="00697536"/>
     <w:rsid w:val="006A0827"/>
     <w:rsid w:val="006B013C"/>
     <w:rsid w:val="006B0615"/>
     <w:rsid w:val="006B356F"/>
     <w:rsid w:val="006B369E"/>
     <w:rsid w:val="006B5637"/>
     <w:rsid w:val="006B6B13"/>
     <w:rsid w:val="006C271A"/>
     <w:rsid w:val="006C4D31"/>
     <w:rsid w:val="006E15F0"/>
     <w:rsid w:val="006E4157"/>
     <w:rsid w:val="006E41C3"/>
     <w:rsid w:val="006E505B"/>
     <w:rsid w:val="006F09F6"/>
+    <w:rsid w:val="006F44F5"/>
     <w:rsid w:val="0070425C"/>
     <w:rsid w:val="00721048"/>
+    <w:rsid w:val="0072140D"/>
     <w:rsid w:val="00722752"/>
     <w:rsid w:val="00731933"/>
     <w:rsid w:val="00731951"/>
     <w:rsid w:val="00733E0C"/>
     <w:rsid w:val="00741BA4"/>
     <w:rsid w:val="00741CA0"/>
     <w:rsid w:val="00742FEB"/>
     <w:rsid w:val="00745CBF"/>
     <w:rsid w:val="007476AA"/>
     <w:rsid w:val="00751DD1"/>
     <w:rsid w:val="00756992"/>
     <w:rsid w:val="00757765"/>
     <w:rsid w:val="0076237F"/>
     <w:rsid w:val="007632EF"/>
     <w:rsid w:val="00764A27"/>
     <w:rsid w:val="00766CA3"/>
     <w:rsid w:val="00767182"/>
     <w:rsid w:val="007672A8"/>
+    <w:rsid w:val="00770B8C"/>
     <w:rsid w:val="007737C6"/>
     <w:rsid w:val="007749CE"/>
     <w:rsid w:val="007753E6"/>
     <w:rsid w:val="007757B0"/>
     <w:rsid w:val="00776EA1"/>
     <w:rsid w:val="00782D52"/>
     <w:rsid w:val="00784214"/>
     <w:rsid w:val="00786F63"/>
     <w:rsid w:val="0079087F"/>
     <w:rsid w:val="007A112A"/>
+    <w:rsid w:val="007A566A"/>
     <w:rsid w:val="007A648A"/>
     <w:rsid w:val="007B0B5D"/>
     <w:rsid w:val="007B4725"/>
     <w:rsid w:val="007B6C0D"/>
     <w:rsid w:val="007C1F1A"/>
     <w:rsid w:val="007C390B"/>
     <w:rsid w:val="007C4886"/>
     <w:rsid w:val="007D326D"/>
     <w:rsid w:val="007D44A0"/>
     <w:rsid w:val="007D4741"/>
     <w:rsid w:val="007D7219"/>
     <w:rsid w:val="007E4FB2"/>
     <w:rsid w:val="007E62F6"/>
     <w:rsid w:val="007E7634"/>
     <w:rsid w:val="007F1973"/>
     <w:rsid w:val="007F67E9"/>
     <w:rsid w:val="007F6E6F"/>
     <w:rsid w:val="007F6EB1"/>
     <w:rsid w:val="007F7192"/>
     <w:rsid w:val="0080279A"/>
     <w:rsid w:val="0080291A"/>
     <w:rsid w:val="00811500"/>
     <w:rsid w:val="00813E6A"/>
     <w:rsid w:val="00814D8F"/>
     <w:rsid w:val="008154AE"/>
     <w:rsid w:val="00820015"/>
     <w:rsid w:val="008200E7"/>
     <w:rsid w:val="008206E1"/>
     <w:rsid w:val="00823131"/>
     <w:rsid w:val="0082572B"/>
     <w:rsid w:val="00825760"/>
     <w:rsid w:val="00834B5B"/>
     <w:rsid w:val="008352DD"/>
     <w:rsid w:val="00836D51"/>
     <w:rsid w:val="00843E45"/>
     <w:rsid w:val="0084487F"/>
     <w:rsid w:val="00846A20"/>
+    <w:rsid w:val="0084703B"/>
     <w:rsid w:val="00847B64"/>
     <w:rsid w:val="00847F82"/>
     <w:rsid w:val="00852EC6"/>
     <w:rsid w:val="00857275"/>
     <w:rsid w:val="00857B92"/>
     <w:rsid w:val="00860C9E"/>
     <w:rsid w:val="00861C56"/>
     <w:rsid w:val="00865955"/>
+    <w:rsid w:val="008666C9"/>
     <w:rsid w:val="0087022D"/>
+    <w:rsid w:val="008714DE"/>
+    <w:rsid w:val="00872F80"/>
     <w:rsid w:val="008733FE"/>
     <w:rsid w:val="00876E4F"/>
     <w:rsid w:val="008814C9"/>
     <w:rsid w:val="00881862"/>
     <w:rsid w:val="00882AE2"/>
     <w:rsid w:val="00882E6F"/>
     <w:rsid w:val="008856E9"/>
     <w:rsid w:val="0088629A"/>
     <w:rsid w:val="00887D7A"/>
     <w:rsid w:val="00890299"/>
     <w:rsid w:val="008915BD"/>
     <w:rsid w:val="0089511C"/>
     <w:rsid w:val="008A2BFE"/>
     <w:rsid w:val="008A5FEE"/>
     <w:rsid w:val="008B1533"/>
     <w:rsid w:val="008B2F77"/>
     <w:rsid w:val="008B560A"/>
     <w:rsid w:val="008B7552"/>
     <w:rsid w:val="008C034A"/>
     <w:rsid w:val="008C0542"/>
     <w:rsid w:val="008C7655"/>
     <w:rsid w:val="008C7C3F"/>
     <w:rsid w:val="008D12E2"/>
     <w:rsid w:val="008D2B0E"/>
     <w:rsid w:val="008D2C2C"/>
     <w:rsid w:val="008D3A9A"/>
     <w:rsid w:val="008E0ABC"/>
     <w:rsid w:val="008E367D"/>
     <w:rsid w:val="008E4416"/>
     <w:rsid w:val="008E44EF"/>
     <w:rsid w:val="008E7D64"/>
     <w:rsid w:val="008F4298"/>
     <w:rsid w:val="008F5E27"/>
     <w:rsid w:val="0090196F"/>
     <w:rsid w:val="009029EA"/>
     <w:rsid w:val="00903344"/>
+    <w:rsid w:val="009062D2"/>
+    <w:rsid w:val="009132CF"/>
     <w:rsid w:val="009144B4"/>
     <w:rsid w:val="009157B8"/>
     <w:rsid w:val="009178DA"/>
     <w:rsid w:val="0092001F"/>
     <w:rsid w:val="00927E0B"/>
     <w:rsid w:val="00930883"/>
     <w:rsid w:val="0093344A"/>
     <w:rsid w:val="00934684"/>
     <w:rsid w:val="009349F4"/>
     <w:rsid w:val="00936B11"/>
     <w:rsid w:val="00941E50"/>
     <w:rsid w:val="00942102"/>
     <w:rsid w:val="00946724"/>
     <w:rsid w:val="009510D8"/>
     <w:rsid w:val="00951B7B"/>
     <w:rsid w:val="00956F9D"/>
     <w:rsid w:val="00957A86"/>
     <w:rsid w:val="00957DB4"/>
     <w:rsid w:val="00960AF6"/>
+    <w:rsid w:val="009648C2"/>
     <w:rsid w:val="00964C38"/>
     <w:rsid w:val="0096602A"/>
     <w:rsid w:val="00966269"/>
     <w:rsid w:val="009667F4"/>
     <w:rsid w:val="00966CDA"/>
     <w:rsid w:val="00976DF8"/>
     <w:rsid w:val="0098406E"/>
     <w:rsid w:val="009841E4"/>
     <w:rsid w:val="00987CFE"/>
     <w:rsid w:val="00992DAB"/>
     <w:rsid w:val="009972BE"/>
     <w:rsid w:val="009A13CA"/>
     <w:rsid w:val="009A4DC4"/>
     <w:rsid w:val="009B61C7"/>
     <w:rsid w:val="009C6938"/>
     <w:rsid w:val="009D2335"/>
     <w:rsid w:val="009D3F3D"/>
+    <w:rsid w:val="009D6019"/>
     <w:rsid w:val="009D69E0"/>
+    <w:rsid w:val="009D6E58"/>
     <w:rsid w:val="009E1C56"/>
     <w:rsid w:val="009E3E14"/>
     <w:rsid w:val="009E4B87"/>
     <w:rsid w:val="009E57FF"/>
     <w:rsid w:val="009E5DA1"/>
     <w:rsid w:val="009E7365"/>
     <w:rsid w:val="009E7616"/>
     <w:rsid w:val="009F2BAF"/>
     <w:rsid w:val="009F4282"/>
+    <w:rsid w:val="009F6DB2"/>
     <w:rsid w:val="009F6DCA"/>
     <w:rsid w:val="00A029E0"/>
     <w:rsid w:val="00A052BF"/>
     <w:rsid w:val="00A059AD"/>
     <w:rsid w:val="00A06814"/>
     <w:rsid w:val="00A134FC"/>
     <w:rsid w:val="00A158F9"/>
     <w:rsid w:val="00A275B8"/>
     <w:rsid w:val="00A27A1B"/>
     <w:rsid w:val="00A32F06"/>
     <w:rsid w:val="00A3419D"/>
     <w:rsid w:val="00A37060"/>
     <w:rsid w:val="00A40846"/>
+    <w:rsid w:val="00A41660"/>
+    <w:rsid w:val="00A42BA0"/>
     <w:rsid w:val="00A45125"/>
     <w:rsid w:val="00A45C71"/>
     <w:rsid w:val="00A45DAC"/>
     <w:rsid w:val="00A45DEA"/>
     <w:rsid w:val="00A46921"/>
     <w:rsid w:val="00A476EF"/>
     <w:rsid w:val="00A53E9A"/>
     <w:rsid w:val="00A576BB"/>
     <w:rsid w:val="00A64485"/>
+    <w:rsid w:val="00A64593"/>
     <w:rsid w:val="00A65C7F"/>
     <w:rsid w:val="00A6676C"/>
     <w:rsid w:val="00A71D39"/>
     <w:rsid w:val="00A72370"/>
+    <w:rsid w:val="00A83FB3"/>
     <w:rsid w:val="00A85524"/>
     <w:rsid w:val="00A8613D"/>
     <w:rsid w:val="00A86246"/>
     <w:rsid w:val="00A86825"/>
     <w:rsid w:val="00A8707B"/>
     <w:rsid w:val="00A9079C"/>
     <w:rsid w:val="00A90B59"/>
     <w:rsid w:val="00A93BD4"/>
+    <w:rsid w:val="00A9582D"/>
     <w:rsid w:val="00AA215C"/>
+    <w:rsid w:val="00AA243B"/>
     <w:rsid w:val="00AB24E4"/>
     <w:rsid w:val="00AB3B30"/>
     <w:rsid w:val="00AB70EA"/>
     <w:rsid w:val="00AB7B74"/>
     <w:rsid w:val="00AC041F"/>
     <w:rsid w:val="00AC172C"/>
     <w:rsid w:val="00AC396A"/>
     <w:rsid w:val="00AC4F4F"/>
     <w:rsid w:val="00AC51FE"/>
     <w:rsid w:val="00AC67D4"/>
     <w:rsid w:val="00AD1003"/>
     <w:rsid w:val="00AE3DB3"/>
     <w:rsid w:val="00AF387D"/>
     <w:rsid w:val="00AF4796"/>
     <w:rsid w:val="00AF60D3"/>
     <w:rsid w:val="00B00768"/>
     <w:rsid w:val="00B0464F"/>
     <w:rsid w:val="00B10D9B"/>
     <w:rsid w:val="00B14427"/>
     <w:rsid w:val="00B168E1"/>
     <w:rsid w:val="00B23921"/>
     <w:rsid w:val="00B321FE"/>
     <w:rsid w:val="00B33106"/>
     <w:rsid w:val="00B3512B"/>
     <w:rsid w:val="00B355C7"/>
@@ -36209,128 +35696,136 @@
     <w:rsid w:val="00B90A61"/>
     <w:rsid w:val="00B90E1F"/>
     <w:rsid w:val="00B92C3D"/>
     <w:rsid w:val="00B9332D"/>
     <w:rsid w:val="00B945B4"/>
     <w:rsid w:val="00B94DEA"/>
     <w:rsid w:val="00B972BA"/>
     <w:rsid w:val="00BA1443"/>
     <w:rsid w:val="00BA18E4"/>
     <w:rsid w:val="00BA5023"/>
     <w:rsid w:val="00BA54AC"/>
     <w:rsid w:val="00BA60AC"/>
     <w:rsid w:val="00BB20E3"/>
     <w:rsid w:val="00BB5D7E"/>
     <w:rsid w:val="00BC00EB"/>
     <w:rsid w:val="00BC0E04"/>
     <w:rsid w:val="00BC5857"/>
     <w:rsid w:val="00BC5BB9"/>
     <w:rsid w:val="00BC63AB"/>
     <w:rsid w:val="00BD48CC"/>
     <w:rsid w:val="00BD5656"/>
     <w:rsid w:val="00BD71FD"/>
     <w:rsid w:val="00BD74DE"/>
     <w:rsid w:val="00BE2076"/>
     <w:rsid w:val="00BE60DA"/>
+    <w:rsid w:val="00BE6117"/>
     <w:rsid w:val="00BE729C"/>
     <w:rsid w:val="00BE7A3C"/>
     <w:rsid w:val="00BF251A"/>
     <w:rsid w:val="00BF4077"/>
     <w:rsid w:val="00BF4788"/>
     <w:rsid w:val="00BF4F35"/>
     <w:rsid w:val="00BF751D"/>
     <w:rsid w:val="00C01367"/>
     <w:rsid w:val="00C02E46"/>
     <w:rsid w:val="00C03FC6"/>
     <w:rsid w:val="00C055C2"/>
+    <w:rsid w:val="00C05C09"/>
     <w:rsid w:val="00C05F03"/>
     <w:rsid w:val="00C11607"/>
     <w:rsid w:val="00C15574"/>
     <w:rsid w:val="00C2250A"/>
     <w:rsid w:val="00C25395"/>
+    <w:rsid w:val="00C26DD1"/>
     <w:rsid w:val="00C35E6D"/>
     <w:rsid w:val="00C36B08"/>
     <w:rsid w:val="00C452EE"/>
     <w:rsid w:val="00C45EB3"/>
     <w:rsid w:val="00C55217"/>
     <w:rsid w:val="00C553A1"/>
     <w:rsid w:val="00C5637E"/>
     <w:rsid w:val="00C60F19"/>
     <w:rsid w:val="00C641ED"/>
     <w:rsid w:val="00C71FF7"/>
     <w:rsid w:val="00C72A1D"/>
     <w:rsid w:val="00C735DA"/>
+    <w:rsid w:val="00C73691"/>
     <w:rsid w:val="00C75934"/>
     <w:rsid w:val="00C8608F"/>
     <w:rsid w:val="00C87929"/>
     <w:rsid w:val="00C94073"/>
     <w:rsid w:val="00C973B7"/>
     <w:rsid w:val="00CA0618"/>
     <w:rsid w:val="00CA07ED"/>
+    <w:rsid w:val="00CA16C9"/>
     <w:rsid w:val="00CA18AE"/>
     <w:rsid w:val="00CA1AC8"/>
     <w:rsid w:val="00CA6042"/>
+    <w:rsid w:val="00CA7F85"/>
     <w:rsid w:val="00CC3475"/>
     <w:rsid w:val="00CC3723"/>
     <w:rsid w:val="00CC4FF3"/>
     <w:rsid w:val="00CD7FEA"/>
     <w:rsid w:val="00CE1C1B"/>
     <w:rsid w:val="00CE2843"/>
     <w:rsid w:val="00CE71BC"/>
     <w:rsid w:val="00CF688E"/>
+    <w:rsid w:val="00CF6EC4"/>
     <w:rsid w:val="00CF6F24"/>
     <w:rsid w:val="00D006A7"/>
     <w:rsid w:val="00D0127F"/>
     <w:rsid w:val="00D03139"/>
     <w:rsid w:val="00D03A72"/>
     <w:rsid w:val="00D04CB2"/>
     <w:rsid w:val="00D055E0"/>
     <w:rsid w:val="00D06FC6"/>
     <w:rsid w:val="00D0711B"/>
     <w:rsid w:val="00D07B86"/>
     <w:rsid w:val="00D105E0"/>
     <w:rsid w:val="00D10628"/>
     <w:rsid w:val="00D10B15"/>
     <w:rsid w:val="00D1355D"/>
     <w:rsid w:val="00D2034E"/>
     <w:rsid w:val="00D220B8"/>
     <w:rsid w:val="00D25BA9"/>
     <w:rsid w:val="00D27E6D"/>
     <w:rsid w:val="00D33D9E"/>
     <w:rsid w:val="00D42D74"/>
     <w:rsid w:val="00D45AE5"/>
     <w:rsid w:val="00D45B0D"/>
     <w:rsid w:val="00D45DD7"/>
     <w:rsid w:val="00D47524"/>
     <w:rsid w:val="00D4788D"/>
     <w:rsid w:val="00D516BF"/>
     <w:rsid w:val="00D54418"/>
     <w:rsid w:val="00D568F9"/>
     <w:rsid w:val="00D62683"/>
     <w:rsid w:val="00D63E84"/>
     <w:rsid w:val="00D65D8E"/>
     <w:rsid w:val="00D67CD1"/>
+    <w:rsid w:val="00D71EF2"/>
     <w:rsid w:val="00D73959"/>
     <w:rsid w:val="00D75A46"/>
     <w:rsid w:val="00D765B9"/>
     <w:rsid w:val="00D772C8"/>
     <w:rsid w:val="00D8046E"/>
     <w:rsid w:val="00D846B1"/>
     <w:rsid w:val="00D87C65"/>
     <w:rsid w:val="00D93D7E"/>
     <w:rsid w:val="00D94C68"/>
     <w:rsid w:val="00D952F8"/>
     <w:rsid w:val="00DB07F1"/>
     <w:rsid w:val="00DB3DD5"/>
     <w:rsid w:val="00DB3E4E"/>
     <w:rsid w:val="00DC50EE"/>
     <w:rsid w:val="00DC5282"/>
     <w:rsid w:val="00DD19CC"/>
     <w:rsid w:val="00DD3B8C"/>
     <w:rsid w:val="00DD5AF1"/>
     <w:rsid w:val="00DD5D13"/>
     <w:rsid w:val="00DE17A6"/>
     <w:rsid w:val="00DE5FB3"/>
     <w:rsid w:val="00DF0CB3"/>
     <w:rsid w:val="00DF10B9"/>
     <w:rsid w:val="00DF138A"/>
     <w:rsid w:val="00DF70B9"/>
@@ -36341,144 +35836,149 @@
     <w:rsid w:val="00E13DCF"/>
     <w:rsid w:val="00E15434"/>
     <w:rsid w:val="00E17FD7"/>
     <w:rsid w:val="00E21C2C"/>
     <w:rsid w:val="00E21D4C"/>
     <w:rsid w:val="00E231F8"/>
     <w:rsid w:val="00E24C13"/>
     <w:rsid w:val="00E260C9"/>
     <w:rsid w:val="00E26BEF"/>
     <w:rsid w:val="00E27C8D"/>
     <w:rsid w:val="00E31468"/>
     <w:rsid w:val="00E32970"/>
     <w:rsid w:val="00E443CB"/>
     <w:rsid w:val="00E47D4A"/>
     <w:rsid w:val="00E510AE"/>
     <w:rsid w:val="00E556CF"/>
     <w:rsid w:val="00E5765F"/>
     <w:rsid w:val="00E60358"/>
     <w:rsid w:val="00E62EA3"/>
     <w:rsid w:val="00E64A0F"/>
     <w:rsid w:val="00E67790"/>
     <w:rsid w:val="00E72256"/>
     <w:rsid w:val="00E7555F"/>
     <w:rsid w:val="00E80974"/>
     <w:rsid w:val="00E811F6"/>
+    <w:rsid w:val="00E8177F"/>
     <w:rsid w:val="00E84DA6"/>
     <w:rsid w:val="00E8768D"/>
     <w:rsid w:val="00E87CD5"/>
     <w:rsid w:val="00E916FF"/>
     <w:rsid w:val="00E92C9F"/>
     <w:rsid w:val="00E939CD"/>
     <w:rsid w:val="00E94444"/>
     <w:rsid w:val="00E94839"/>
     <w:rsid w:val="00EA0A5F"/>
     <w:rsid w:val="00EA1E61"/>
+    <w:rsid w:val="00EA3487"/>
     <w:rsid w:val="00EA5110"/>
     <w:rsid w:val="00EB463B"/>
     <w:rsid w:val="00EB54F0"/>
     <w:rsid w:val="00EB5882"/>
     <w:rsid w:val="00EB7FD9"/>
     <w:rsid w:val="00EC04AE"/>
     <w:rsid w:val="00EC44D5"/>
     <w:rsid w:val="00EC7911"/>
     <w:rsid w:val="00ED5BBA"/>
     <w:rsid w:val="00EE4C36"/>
     <w:rsid w:val="00EE7F1E"/>
     <w:rsid w:val="00EF6717"/>
     <w:rsid w:val="00F00E1E"/>
     <w:rsid w:val="00F02C26"/>
     <w:rsid w:val="00F0356B"/>
+    <w:rsid w:val="00F06280"/>
     <w:rsid w:val="00F0759D"/>
     <w:rsid w:val="00F161D9"/>
     <w:rsid w:val="00F238B3"/>
     <w:rsid w:val="00F2574F"/>
     <w:rsid w:val="00F51B51"/>
     <w:rsid w:val="00F530C2"/>
     <w:rsid w:val="00F53DA3"/>
     <w:rsid w:val="00F57154"/>
     <w:rsid w:val="00F573FF"/>
     <w:rsid w:val="00F57EAE"/>
     <w:rsid w:val="00F633FA"/>
     <w:rsid w:val="00F7544B"/>
     <w:rsid w:val="00F7625B"/>
     <w:rsid w:val="00F85099"/>
+    <w:rsid w:val="00F86CFD"/>
     <w:rsid w:val="00F86E4C"/>
     <w:rsid w:val="00F938DE"/>
     <w:rsid w:val="00F941D2"/>
     <w:rsid w:val="00F95FA7"/>
     <w:rsid w:val="00FA3F60"/>
     <w:rsid w:val="00FA5B85"/>
     <w:rsid w:val="00FA7D13"/>
     <w:rsid w:val="00FB0A98"/>
     <w:rsid w:val="00FB0F3E"/>
     <w:rsid w:val="00FB7BD9"/>
     <w:rsid w:val="00FC00B3"/>
     <w:rsid w:val="00FC5116"/>
     <w:rsid w:val="00FC6FEB"/>
     <w:rsid w:val="00FD2FAC"/>
     <w:rsid w:val="00FD4802"/>
     <w:rsid w:val="00FD541F"/>
+    <w:rsid w:val="00FD5F8A"/>
     <w:rsid w:val="00FE3432"/>
     <w:rsid w:val="00FE3845"/>
     <w:rsid w:val="00FE3BE4"/>
     <w:rsid w:val="00FF0F20"/>
     <w:rsid w:val="00FF324E"/>
     <w:rsid w:val="00FF7E08"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="777614A9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{851A41AD-1BB8-4578-A8F9-C338FB07EF84}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -37123,51 +36623,51 @@
   <w:style w:type="character" w:styleId="Betoning">
     <w:name w:val="Emphasis"/>
     <w:qFormat/>
     <w:rsid w:val="00A476EF"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D54418"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1815950307">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2141455589">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -37476,75 +36976,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F402471B-8CF4-4324-ABD0-FC740F4CA4EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>3062</Words>
-  <Characters>16229</Characters>
+  <Words>3041</Words>
+  <Characters>16122</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>135</Lines>
+  <Lines>134</Lines>
   <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>public defence application</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NBb</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19253</CharactersWithSpaces>
+  <CharactersWithSpaces>19125</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="36" baseType="variant">
       <vt:variant>
         <vt:i4>3473508</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>538</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>D5</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3407972</vt:i4>
       </vt:variant>
       <vt:variant>