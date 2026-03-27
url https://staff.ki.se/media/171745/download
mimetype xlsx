--- v0 (2025-11-29)
+++ v1 (2026-03-27)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Pa\RE\Rekrytering\1. Anette\webben\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Pa\RE\Rekrytering\Docentur\Föreskrifter och anvisningar SV och ENG\Ny tabell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{23CC1F95-0A94-44EF-9C1B-83B9E75A1F3C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B44718F5-249A-4751-B4B5-7AC985E7AFB3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-51735" yWindow="-11565" windowWidth="29805" windowHeight="19005" xr2:uid="{9862DB1C-9200-4E35-909E-473873643151}"/>
+    <workbookView xWindow="1515" yWindow="1515" windowWidth="23760" windowHeight="13800" xr2:uid="{9862DB1C-9200-4E35-909E-473873643151}"/>
   </bookViews>
   <sheets>
     <sheet name="Blad1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -83,51 +83,51 @@
   <c r="I34" i="1"/>
   <c r="I33" i="1"/>
   <c r="I32" i="1"/>
   <c r="I31" i="1"/>
   <c r="I30" i="1"/>
   <c r="I29" i="1"/>
   <c r="I28" i="1"/>
   <c r="I27" i="1"/>
   <c r="I26" i="1"/>
   <c r="I25" i="1"/>
   <c r="I24" i="1"/>
   <c r="H19" i="1"/>
   <c r="B121" i="1" l="1"/>
   <c r="B125" i="1" s="1"/>
   <c r="I19" i="1"/>
   <c r="C121" i="1" s="1"/>
   <c r="C124" i="1"/>
   <c r="C123" i="1"/>
   <c r="I37" i="1"/>
   <c r="C122" i="1" l="1"/>
   <c r="C125" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="38">
   <si>
     <t>Namn</t>
   </si>
   <si>
     <t>Table: Teaching, Supervision and Educational Leadership Roles</t>
   </si>
   <si>
     <t>Teaching at University (see teaching portfolio 4.1-4.2)</t>
   </si>
   <si>
     <t>University</t>
   </si>
   <si>
     <t>Level</t>
   </si>
   <si>
     <t>Program/Independent course/Assignment training</t>
   </si>
   <si>
     <t>Course name including credits</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
@@ -199,50 +199,53 @@
   <si>
     <t>Number of ledarship roles</t>
   </si>
   <si>
     <t xml:space="preserve">Total teaching </t>
   </si>
   <si>
     <t>Teaching at University (at least 10p)</t>
   </si>
   <si>
     <t xml:space="preserve">Supervision (max 8p) 
 - Supervision/examination of degree project at first and second cycle level 
 - Supervision of PhD students as co-supervisor 
 - Supervision of PhD students and postdoctoral researchers as main supervisor </t>
   </si>
   <si>
     <t>Supervision/teaching in clinical or other professional settings (max 6p)
 - Supervision/teaching of students in clinical or other professional settings
 - Teaching in clinical/other settings for staff, patients, others</t>
   </si>
   <si>
     <t>Pedagogical leadership roles (max 6p)</t>
   </si>
   <si>
     <t>TOTAL:</t>
+  </si>
+  <si>
+    <t>Number of principal supervisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -743,1517 +746,1517 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E92A82B-9A11-43E5-A9D5-885EC3DD259C}">
   <dimension ref="A2:J125"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A93" workbookViewId="0">
-      <selection activeCell="L19" sqref="L19"/>
+    <sheetView tabSelected="1" topLeftCell="A44" workbookViewId="0">
+      <selection activeCell="F57" sqref="F57"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="72.44140625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="19.88671875" customWidth="1"/>
+    <col min="1" max="1" width="72.42578125" customWidth="1"/>
+    <col min="2" max="2" width="18.85546875" customWidth="1"/>
+    <col min="3" max="3" width="22.28515625" customWidth="1"/>
+    <col min="4" max="4" width="22.42578125" customWidth="1"/>
+    <col min="5" max="5" width="18.5703125" customWidth="1"/>
+    <col min="6" max="6" width="18.7109375" customWidth="1"/>
+    <col min="7" max="7" width="9.28515625" customWidth="1"/>
+    <col min="8" max="8" width="20.140625" customWidth="1"/>
+    <col min="9" max="9" width="19.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:10" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:10" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A4" s="21" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="21"/>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4" s="21"/>
       <c r="G4" s="21"/>
       <c r="H4" s="21"/>
       <c r="I4" s="21"/>
       <c r="J4" s="21"/>
     </row>
-    <row r="5" spans="1:10" s="4" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:10" s="4" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A6" s="5"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="I6" s="5"/>
       <c r="J6" s="5"/>
     </row>
-    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A7" s="5"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
       <c r="I7" s="5"/>
       <c r="J7" s="5"/>
     </row>
-    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="5"/>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
       <c r="J8" s="5"/>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9" s="5"/>
       <c r="B9" s="5"/>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5"/>
       <c r="J9" s="5"/>
     </row>
-    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A10" s="5"/>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
       <c r="J10" s="5"/>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11" s="5"/>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5"/>
       <c r="F11" s="5"/>
       <c r="G11" s="5"/>
       <c r="H11" s="5"/>
       <c r="I11" s="5"/>
       <c r="J11" s="5"/>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A12" s="5"/>
       <c r="B12" s="5"/>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="5"/>
       <c r="G12" s="5"/>
       <c r="H12" s="5"/>
       <c r="I12" s="5"/>
       <c r="J12" s="5"/>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="5"/>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
       <c r="I13" s="5"/>
       <c r="J13" s="5"/>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="5"/>
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="5"/>
       <c r="G14" s="5"/>
       <c r="H14" s="5"/>
       <c r="I14" s="5"/>
       <c r="J14" s="5"/>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="5"/>
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="5"/>
       <c r="I15" s="5"/>
       <c r="J15" s="5"/>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" s="5"/>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
       <c r="G16" s="5"/>
       <c r="H16" s="5"/>
       <c r="I16" s="5"/>
       <c r="J16" s="5"/>
     </row>
-    <row r="17" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" s="5"/>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
       <c r="G17" s="5"/>
       <c r="H17" s="5"/>
       <c r="I17" s="5"/>
       <c r="J17" s="5"/>
     </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" s="5"/>
       <c r="B18" s="5"/>
       <c r="C18" s="5"/>
       <c r="D18" s="5"/>
       <c r="E18" s="5"/>
       <c r="F18" s="5"/>
       <c r="G18" s="5"/>
       <c r="H18" s="5"/>
       <c r="I18" s="5"/>
       <c r="J18" s="5"/>
     </row>
-    <row r="19" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A19" s="5"/>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6">
         <f>SUM(H6:H18)</f>
         <v>0</v>
       </c>
       <c r="I19" s="5">
         <f>IF(H19=0,0,IF(SUM(H6:H18)&lt;10,1,INT(SUM(H6:H18)/10)*2))</f>
         <v>0</v>
       </c>
       <c r="J19" s="5"/>
     </row>
-    <row r="22" spans="1:10" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:10" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A22" s="21" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="21"/>
       <c r="C22" s="21"/>
       <c r="D22" s="21"/>
       <c r="E22" s="21"/>
       <c r="F22" s="21"/>
       <c r="G22" s="21"/>
       <c r="H22" s="21"/>
       <c r="I22" s="21"/>
       <c r="J22" s="21"/>
     </row>
-    <row r="23" spans="1:10" s="9" customFormat="1" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:10" s="9" customFormat="1" ht="43.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>6</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>13</v>
       </c>
       <c r="I23" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A24" s="5"/>
       <c r="B24" s="5"/>
       <c r="C24" s="5"/>
       <c r="D24" s="5"/>
       <c r="E24" s="5"/>
       <c r="F24" s="5"/>
       <c r="G24" s="5"/>
       <c r="H24" s="5"/>
       <c r="I24" s="5">
         <f>SUM(H24*2)</f>
         <v>0</v>
       </c>
       <c r="J24" s="5"/>
     </row>
-    <row r="25" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25" s="5"/>
       <c r="B25" s="5"/>
       <c r="C25" s="5"/>
       <c r="D25" s="5"/>
       <c r="E25" s="5"/>
       <c r="F25" s="5"/>
       <c r="G25" s="5"/>
       <c r="H25" s="5"/>
       <c r="I25" s="5">
         <f t="shared" ref="I25:I36" si="0">SUM(H25*2)</f>
         <v>0</v>
       </c>
       <c r="J25" s="5"/>
     </row>
-    <row r="26" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" s="5"/>
       <c r="B26" s="5"/>
       <c r="C26" s="5"/>
       <c r="D26" s="5"/>
       <c r="E26" s="5"/>
       <c r="F26" s="5"/>
       <c r="G26" s="5"/>
       <c r="H26" s="5"/>
       <c r="I26" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J26" s="5"/>
     </row>
-    <row r="27" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27" s="5"/>
       <c r="B27" s="5"/>
       <c r="C27" s="5"/>
       <c r="D27" s="5"/>
       <c r="E27" s="5"/>
       <c r="F27" s="5"/>
       <c r="G27" s="5"/>
       <c r="H27" s="5"/>
       <c r="I27" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J27" s="5"/>
     </row>
-    <row r="28" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A28" s="5"/>
       <c r="B28" s="5"/>
       <c r="C28" s="5"/>
       <c r="D28" s="5"/>
       <c r="E28" s="5"/>
       <c r="F28" s="5"/>
       <c r="G28" s="5"/>
       <c r="H28" s="5"/>
       <c r="I28" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J28" s="5"/>
     </row>
-    <row r="29" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A29" s="5"/>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
       <c r="F29" s="5"/>
       <c r="G29" s="5"/>
       <c r="H29" s="5"/>
       <c r="I29" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J29" s="5"/>
     </row>
-    <row r="30" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A30" s="5"/>
       <c r="B30" s="5"/>
       <c r="C30" s="5"/>
       <c r="D30" s="5"/>
       <c r="E30" s="5"/>
       <c r="F30" s="5"/>
       <c r="G30" s="5"/>
       <c r="H30" s="5"/>
       <c r="I30" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J30" s="5"/>
     </row>
-    <row r="31" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A31" s="5"/>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="5"/>
       <c r="G31" s="5"/>
       <c r="H31" s="5"/>
       <c r="I31" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J31" s="5"/>
     </row>
-    <row r="32" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A32" s="5"/>
       <c r="B32" s="5"/>
       <c r="C32" s="5"/>
       <c r="D32" s="5"/>
       <c r="E32" s="5"/>
       <c r="F32" s="5"/>
       <c r="G32" s="5"/>
       <c r="H32" s="5"/>
       <c r="I32" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J32" s="5"/>
     </row>
-    <row r="33" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A33" s="5"/>
       <c r="B33" s="5"/>
       <c r="C33" s="5"/>
       <c r="D33" s="5"/>
       <c r="E33" s="5"/>
       <c r="F33" s="5"/>
       <c r="G33" s="5"/>
       <c r="H33" s="5"/>
       <c r="I33" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J33" s="5"/>
     </row>
-    <row r="34" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" s="5"/>
       <c r="B34" s="5"/>
       <c r="C34" s="5"/>
       <c r="D34" s="5"/>
       <c r="E34" s="5"/>
       <c r="F34" s="5"/>
       <c r="G34" s="5"/>
       <c r="H34" s="5"/>
       <c r="I34" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J34" s="5"/>
     </row>
-    <row r="35" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A35" s="5"/>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
       <c r="E35" s="5"/>
       <c r="F35" s="5"/>
       <c r="G35" s="5"/>
       <c r="H35" s="5"/>
       <c r="I35" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J35" s="5"/>
     </row>
-    <row r="36" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A36" s="5"/>
       <c r="B36" s="5"/>
       <c r="C36" s="5"/>
       <c r="D36" s="5"/>
       <c r="E36" s="5"/>
       <c r="F36" s="5"/>
       <c r="G36" s="5"/>
       <c r="H36" s="5"/>
       <c r="I36" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="J36" s="5"/>
     </row>
-    <row r="37" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A37" s="5"/>
       <c r="B37" s="5"/>
       <c r="C37" s="5"/>
       <c r="D37" s="5"/>
       <c r="E37" s="5"/>
       <c r="F37" s="5"/>
       <c r="G37" s="5"/>
       <c r="H37" s="5">
         <f>SUM(H24:H36)</f>
         <v>0</v>
       </c>
       <c r="I37" s="5">
         <f>SUM(I24:I36)</f>
         <v>0</v>
       </c>
       <c r="J37" s="5"/>
     </row>
-    <row r="40" spans="1:10" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:10" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A40" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B40" s="16"/>
       <c r="C40" s="16"/>
       <c r="D40" s="16"/>
       <c r="E40" s="16"/>
       <c r="F40" s="16"/>
       <c r="G40" s="16"/>
       <c r="H40" s="16"/>
       <c r="I40" s="17"/>
     </row>
-    <row r="41" spans="1:10" s="9" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:10" s="9" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B41" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>18</v>
       </c>
       <c r="G41" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H41" s="7" t="s">
         <v>19</v>
       </c>
       <c r="I41" s="7" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="42" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A42" s="5"/>
       <c r="B42" s="5"/>
       <c r="C42" s="5"/>
       <c r="D42" s="5"/>
       <c r="E42" s="10"/>
       <c r="F42" s="5"/>
       <c r="G42" s="5"/>
       <c r="H42" s="5"/>
       <c r="I42" s="5"/>
     </row>
-    <row r="43" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A43" s="5"/>
       <c r="B43" s="5"/>
       <c r="C43" s="5"/>
       <c r="D43" s="5"/>
       <c r="E43" s="10"/>
       <c r="F43" s="5"/>
       <c r="G43" s="5"/>
       <c r="H43" s="5"/>
       <c r="I43" s="5"/>
     </row>
-    <row r="44" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A44" s="5"/>
       <c r="B44" s="5"/>
       <c r="C44" s="5"/>
       <c r="D44" s="5"/>
       <c r="E44" s="5"/>
       <c r="F44" s="5"/>
       <c r="G44" s="5"/>
       <c r="H44" s="5"/>
       <c r="I44" s="5"/>
     </row>
-    <row r="45" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A45" s="5"/>
       <c r="B45" s="5"/>
       <c r="C45" s="5"/>
       <c r="D45" s="5"/>
       <c r="E45" s="10"/>
       <c r="F45" s="5"/>
       <c r="G45" s="5"/>
       <c r="H45" s="5"/>
       <c r="I45" s="5"/>
     </row>
-    <row r="46" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A46" s="5"/>
       <c r="B46" s="5"/>
       <c r="C46" s="5"/>
       <c r="D46" s="5"/>
       <c r="E46" s="10"/>
       <c r="F46" s="5"/>
       <c r="G46" s="5"/>
       <c r="H46" s="5"/>
       <c r="I46" s="5"/>
     </row>
-    <row r="47" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A47" s="5"/>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
       <c r="D47" s="5"/>
       <c r="E47" s="5"/>
       <c r="F47" s="5"/>
       <c r="G47" s="5"/>
       <c r="H47" s="5"/>
       <c r="I47" s="5"/>
     </row>
-    <row r="48" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A48" s="5"/>
       <c r="B48" s="5"/>
       <c r="C48" s="5"/>
       <c r="D48" s="5"/>
       <c r="E48" s="10"/>
       <c r="F48" s="5"/>
       <c r="G48" s="5"/>
       <c r="H48" s="5"/>
       <c r="I48" s="5"/>
     </row>
-    <row r="49" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="5"/>
       <c r="B49" s="5"/>
       <c r="C49" s="5"/>
       <c r="D49" s="5"/>
       <c r="E49" s="5"/>
       <c r="F49" s="5"/>
       <c r="G49" s="5"/>
       <c r="H49" s="5"/>
       <c r="I49" s="5"/>
     </row>
-    <row r="50" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="5"/>
       <c r="B50" s="5"/>
       <c r="C50" s="5"/>
       <c r="D50" s="5"/>
       <c r="E50" s="5"/>
       <c r="F50" s="5"/>
       <c r="G50" s="5"/>
       <c r="H50" s="5"/>
       <c r="I50" s="5"/>
     </row>
-    <row r="51" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="5"/>
       <c r="B51" s="5"/>
       <c r="C51" s="5"/>
       <c r="D51" s="5"/>
       <c r="E51" s="5"/>
       <c r="F51" s="5"/>
       <c r="G51" s="5"/>
       <c r="H51" s="5"/>
       <c r="I51" s="5"/>
     </row>
-    <row r="52" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="5"/>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
       <c r="D52" s="5"/>
       <c r="E52" s="5"/>
       <c r="F52" s="5"/>
       <c r="G52" s="5"/>
       <c r="H52" s="5"/>
       <c r="I52" s="5"/>
     </row>
-    <row r="53" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="5"/>
       <c r="B53" s="5"/>
       <c r="C53" s="5"/>
       <c r="D53" s="5"/>
       <c r="E53" s="5"/>
       <c r="F53" s="5">
         <f>SUM(F42:F52)</f>
         <v>0</v>
       </c>
       <c r="G53" s="5">
         <f>SUM(F53*1)</f>
         <v>0</v>
       </c>
       <c r="H53" s="5"/>
       <c r="I53" s="5"/>
     </row>
-    <row r="56" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B56" s="16"/>
       <c r="C56" s="16"/>
       <c r="D56" s="16"/>
       <c r="E56" s="16"/>
       <c r="F56" s="16"/>
       <c r="G56" s="16"/>
       <c r="H56" s="16"/>
       <c r="I56" s="17"/>
     </row>
-    <row r="57" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A57" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B57" s="7" t="s">
         <v>15</v>
       </c>
       <c r="C57" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E57" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G57" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H57" s="7" t="s">
         <v>19</v>
       </c>
       <c r="I57" s="7" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="58" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="5"/>
       <c r="B58" s="5"/>
       <c r="C58" s="5"/>
       <c r="D58" s="5"/>
       <c r="E58" s="10"/>
       <c r="F58" s="5"/>
       <c r="G58" s="5"/>
       <c r="H58" s="5"/>
       <c r="I58" s="5"/>
     </row>
-    <row r="59" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="5"/>
       <c r="B59" s="5"/>
       <c r="C59" s="5"/>
       <c r="D59" s="5"/>
       <c r="E59" s="10"/>
       <c r="F59" s="5"/>
       <c r="G59" s="5"/>
       <c r="H59" s="5"/>
       <c r="I59" s="5"/>
     </row>
-    <row r="60" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="5"/>
       <c r="B60" s="5"/>
       <c r="C60" s="5"/>
       <c r="D60" s="5"/>
       <c r="E60" s="5"/>
       <c r="F60" s="5"/>
       <c r="G60" s="5"/>
       <c r="H60" s="5"/>
       <c r="I60" s="5"/>
     </row>
-    <row r="61" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="5"/>
       <c r="B61" s="5"/>
       <c r="C61" s="5"/>
       <c r="D61" s="5"/>
       <c r="E61" s="10"/>
       <c r="F61" s="5"/>
       <c r="G61" s="5"/>
       <c r="H61" s="5"/>
       <c r="I61" s="5"/>
     </row>
-    <row r="62" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="5"/>
       <c r="B62" s="5"/>
       <c r="C62" s="5"/>
       <c r="D62" s="5"/>
       <c r="E62" s="10"/>
       <c r="F62" s="5"/>
       <c r="G62" s="5"/>
       <c r="H62" s="5"/>
       <c r="I62" s="5"/>
     </row>
-    <row r="63" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="5"/>
       <c r="B63" s="5"/>
       <c r="C63" s="5"/>
       <c r="D63" s="5"/>
       <c r="E63" s="5"/>
       <c r="F63" s="5"/>
       <c r="G63" s="5"/>
       <c r="H63" s="5"/>
       <c r="I63" s="5"/>
     </row>
-    <row r="64" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="5"/>
       <c r="B64" s="5"/>
       <c r="C64" s="5"/>
       <c r="D64" s="5"/>
       <c r="E64" s="10"/>
       <c r="F64" s="5"/>
       <c r="G64" s="5"/>
       <c r="H64" s="5"/>
       <c r="I64" s="5"/>
     </row>
-    <row r="65" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="5"/>
       <c r="B65" s="5"/>
       <c r="C65" s="5"/>
       <c r="D65" s="5"/>
       <c r="E65" s="5"/>
       <c r="F65" s="5"/>
       <c r="G65" s="5"/>
       <c r="H65" s="5"/>
       <c r="I65" s="5"/>
     </row>
-    <row r="66" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="5"/>
       <c r="B66" s="5"/>
       <c r="C66" s="5"/>
       <c r="D66" s="5"/>
       <c r="E66" s="5"/>
       <c r="F66" s="5"/>
       <c r="G66" s="5"/>
       <c r="H66" s="5"/>
       <c r="I66" s="5"/>
     </row>
-    <row r="67" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="5"/>
       <c r="B67" s="5"/>
       <c r="C67" s="5"/>
       <c r="D67" s="5"/>
       <c r="E67" s="5"/>
       <c r="F67" s="5"/>
       <c r="G67" s="5"/>
       <c r="H67" s="5"/>
       <c r="I67" s="5"/>
     </row>
-    <row r="68" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="5"/>
       <c r="B68" s="5"/>
       <c r="C68" s="5"/>
       <c r="D68" s="5"/>
       <c r="E68" s="5"/>
       <c r="F68" s="5"/>
       <c r="G68" s="5"/>
       <c r="H68" s="5"/>
       <c r="I68" s="5"/>
     </row>
-    <row r="69" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="5"/>
       <c r="B69" s="5"/>
       <c r="C69" s="5"/>
       <c r="D69" s="5"/>
       <c r="E69" s="5"/>
       <c r="F69" s="5">
         <f>SUM(F58:F68)</f>
         <v>0</v>
       </c>
       <c r="G69" s="5">
         <f>SUM(F69*2)</f>
         <v>0</v>
       </c>
       <c r="H69" s="5"/>
       <c r="I69" s="5"/>
     </row>
-    <row r="73" spans="1:9" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:9" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B73" s="16"/>
       <c r="C73" s="16"/>
       <c r="D73" s="16"/>
       <c r="E73" s="16"/>
       <c r="F73" s="16"/>
       <c r="G73" s="16"/>
       <c r="H73" s="16"/>
       <c r="I73" s="17"/>
     </row>
-    <row r="74" spans="1:9" s="4" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:9" s="4" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
         <v>8</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H74" s="4" t="s">
         <v>11</v>
       </c>
       <c r="I74" s="2" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="75" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="5"/>
       <c r="B75" s="5"/>
       <c r="C75" s="5"/>
       <c r="D75" s="5"/>
       <c r="E75" s="5"/>
       <c r="F75" s="5"/>
       <c r="G75" s="5"/>
       <c r="H75" s="5">
         <f>G75</f>
         <v>0</v>
       </c>
       <c r="I75" s="5"/>
     </row>
-    <row r="76" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="5"/>
       <c r="B76" s="5"/>
       <c r="C76" s="5"/>
       <c r="D76" s="5"/>
       <c r="E76" s="5"/>
       <c r="F76" s="5"/>
       <c r="G76" s="5"/>
       <c r="H76" s="5">
         <f t="shared" ref="H76:H85" si="1">G76</f>
         <v>0</v>
       </c>
       <c r="I76" s="5"/>
     </row>
-    <row r="77" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="5"/>
       <c r="B77" s="5"/>
       <c r="C77" s="5"/>
       <c r="D77" s="5"/>
       <c r="E77" s="5"/>
       <c r="F77" s="5"/>
       <c r="G77" s="5"/>
       <c r="H77" s="5">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I77" s="5"/>
     </row>
-    <row r="78" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="5"/>
       <c r="B78" s="5"/>
       <c r="C78" s="5"/>
       <c r="D78" s="5"/>
       <c r="E78" s="5"/>
       <c r="F78" s="5"/>
       <c r="G78" s="5"/>
       <c r="H78" s="5">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I78" s="5"/>
     </row>
-    <row r="79" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="5"/>
       <c r="B79" s="5"/>
       <c r="C79" s="5"/>
       <c r="D79" s="5"/>
       <c r="E79" s="5"/>
       <c r="F79" s="5"/>
       <c r="G79" s="5"/>
       <c r="H79" s="5">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I79" s="5"/>
     </row>
-    <row r="80" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="5"/>
       <c r="B80" s="5"/>
       <c r="C80" s="5"/>
       <c r="D80" s="5"/>
       <c r="E80" s="5"/>
       <c r="F80" s="5"/>
       <c r="G80" s="5"/>
       <c r="H80" s="5">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I80" s="5"/>
     </row>
-    <row r="81" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="5"/>
       <c r="B81" s="5"/>
       <c r="C81" s="5"/>
       <c r="D81" s="5"/>
       <c r="E81" s="5"/>
       <c r="F81" s="5"/>
       <c r="G81" s="5"/>
       <c r="H81" s="5">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I81" s="5"/>
     </row>
-    <row r="82" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="5"/>
       <c r="B82" s="5"/>
       <c r="C82" s="5"/>
       <c r="D82" s="5"/>
       <c r="E82" s="5"/>
       <c r="F82" s="5"/>
       <c r="G82" s="5"/>
       <c r="H82" s="5">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I82" s="5"/>
     </row>
-    <row r="83" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="5"/>
       <c r="B83" s="5"/>
       <c r="C83" s="5"/>
       <c r="D83" s="5"/>
       <c r="E83" s="5"/>
       <c r="F83" s="5"/>
       <c r="G83" s="5"/>
       <c r="H83" s="5">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I83" s="5"/>
     </row>
-    <row r="84" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="5"/>
       <c r="B84" s="5"/>
       <c r="C84" s="5"/>
       <c r="D84" s="5"/>
       <c r="E84" s="5"/>
       <c r="F84" s="5"/>
       <c r="G84" s="5"/>
       <c r="H84" s="5">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I84" s="5"/>
     </row>
-    <row r="85" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="5"/>
       <c r="B85" s="5"/>
       <c r="C85" s="5"/>
       <c r="D85" s="5"/>
       <c r="E85" s="5"/>
       <c r="F85" s="5"/>
       <c r="G85" s="5"/>
       <c r="H85" s="5">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I85" s="5"/>
     </row>
-    <row r="86" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="5"/>
       <c r="B86" s="5"/>
       <c r="C86" s="5"/>
       <c r="D86" s="5"/>
       <c r="E86" s="5"/>
       <c r="F86" s="5"/>
       <c r="G86" s="5">
         <f>SUM(G75:G85)</f>
         <v>0</v>
       </c>
       <c r="H86" s="5">
         <f>SUM(H75:H85)</f>
         <v>0</v>
       </c>
       <c r="I86" s="5"/>
     </row>
-    <row r="89" spans="1:9" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:9" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A89" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B89" s="16"/>
       <c r="C89" s="16"/>
       <c r="D89" s="16"/>
       <c r="E89" s="16"/>
       <c r="F89" s="16"/>
       <c r="G89" s="16"/>
       <c r="H89" s="16"/>
       <c r="I89" s="17"/>
     </row>
-    <row r="90" spans="1:9" s="4" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:9" s="4" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G90" s="11" t="s">
         <v>11</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="I90" s="2"/>
     </row>
-    <row r="91" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="5"/>
       <c r="B91" s="5"/>
       <c r="C91" s="5"/>
       <c r="D91" s="5"/>
       <c r="E91" s="5"/>
       <c r="F91" s="5"/>
       <c r="G91" s="5"/>
       <c r="H91" s="5"/>
       <c r="I91" s="5"/>
     </row>
-    <row r="92" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="5"/>
       <c r="B92" s="5"/>
       <c r="C92" s="5"/>
       <c r="D92" s="5"/>
       <c r="E92" s="5"/>
       <c r="F92" s="5"/>
       <c r="G92" s="5"/>
       <c r="H92" s="5"/>
       <c r="I92" s="5"/>
     </row>
-    <row r="93" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="5"/>
       <c r="B93" s="5"/>
       <c r="C93" s="5"/>
       <c r="D93" s="5"/>
       <c r="E93" s="5"/>
       <c r="F93" s="5"/>
       <c r="G93" s="5"/>
       <c r="H93" s="5"/>
       <c r="I93" s="5"/>
     </row>
-    <row r="94" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="5"/>
       <c r="B94" s="5"/>
       <c r="C94" s="5"/>
       <c r="D94" s="5"/>
       <c r="E94" s="5"/>
       <c r="F94" s="5"/>
       <c r="G94" s="5"/>
       <c r="H94" s="5"/>
       <c r="I94" s="5"/>
     </row>
-    <row r="95" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="5"/>
       <c r="B95" s="5"/>
       <c r="C95" s="5"/>
       <c r="D95" s="5"/>
       <c r="E95" s="5"/>
       <c r="F95" s="5"/>
       <c r="G95" s="5"/>
       <c r="H95" s="5"/>
       <c r="I95" s="5"/>
     </row>
-    <row r="96" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="5"/>
       <c r="B96" s="5"/>
       <c r="C96" s="5"/>
       <c r="D96" s="5"/>
       <c r="E96" s="5"/>
       <c r="F96" s="5"/>
       <c r="G96" s="5"/>
       <c r="H96" s="5"/>
       <c r="I96" s="5"/>
     </row>
-    <row r="97" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="5"/>
       <c r="B97" s="5"/>
       <c r="C97" s="5"/>
       <c r="D97" s="5"/>
       <c r="E97" s="5"/>
       <c r="F97" s="5"/>
       <c r="G97" s="5"/>
       <c r="H97" s="5"/>
       <c r="I97" s="5"/>
     </row>
-    <row r="98" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="5"/>
       <c r="B98" s="5"/>
       <c r="C98" s="5"/>
       <c r="D98" s="5"/>
       <c r="E98" s="5"/>
       <c r="F98" s="5"/>
       <c r="G98" s="5"/>
       <c r="H98" s="5"/>
       <c r="I98" s="5"/>
     </row>
-    <row r="99" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="5"/>
       <c r="B99" s="5"/>
       <c r="C99" s="5"/>
       <c r="D99" s="5"/>
       <c r="E99" s="5"/>
       <c r="F99" s="5"/>
       <c r="G99" s="5"/>
       <c r="H99" s="5"/>
       <c r="I99" s="5"/>
     </row>
-    <row r="100" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="5"/>
       <c r="B100" s="5"/>
       <c r="C100" s="5"/>
       <c r="D100" s="5"/>
       <c r="E100" s="5"/>
       <c r="F100" s="5"/>
       <c r="G100" s="5"/>
       <c r="H100" s="5"/>
       <c r="I100" s="5"/>
     </row>
-    <row r="101" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="5"/>
       <c r="B101" s="5"/>
       <c r="C101" s="5"/>
       <c r="D101" s="5"/>
       <c r="E101" s="5"/>
       <c r="F101" s="5"/>
       <c r="G101" s="5"/>
       <c r="H101" s="5"/>
       <c r="I101" s="5"/>
     </row>
-    <row r="102" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="5"/>
       <c r="B102" s="5"/>
       <c r="C102" s="5"/>
       <c r="D102" s="5"/>
       <c r="E102" s="5"/>
       <c r="F102" s="5"/>
       <c r="G102" s="5"/>
       <c r="H102" s="5"/>
       <c r="I102" s="5"/>
     </row>
-    <row r="103" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="5"/>
       <c r="B103" s="5"/>
       <c r="C103" s="5"/>
       <c r="D103" s="5"/>
       <c r="E103" s="5"/>
       <c r="F103" s="5">
         <f>SUM(F91:F102)</f>
         <v>0</v>
       </c>
       <c r="G103" s="5">
         <f>INT(F103/10)</f>
         <v>0</v>
       </c>
       <c r="H103" s="5"/>
       <c r="I103" s="5"/>
     </row>
-    <row r="106" spans="1:9" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:9" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A106" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B106" s="16"/>
       <c r="C106" s="16"/>
       <c r="D106" s="16"/>
       <c r="E106" s="16"/>
       <c r="F106" s="16"/>
       <c r="G106" s="16"/>
       <c r="H106" s="16"/>
       <c r="I106" s="17"/>
     </row>
-    <row r="107" spans="1:9" s="9" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:9" s="9" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B107" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C107" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D107" s="7" t="s">
         <v>7</v>
       </c>
       <c r="E107" s="7" t="s">
         <v>9</v>
       </c>
       <c r="F107" s="7" t="s">
         <v>30</v>
       </c>
       <c r="G107" s="7" t="s">
         <v>11</v>
       </c>
       <c r="H107" s="7"/>
       <c r="I107" s="7"/>
     </row>
-    <row r="108" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="5"/>
       <c r="B108" s="5"/>
       <c r="C108" s="5"/>
       <c r="D108" s="5"/>
       <c r="E108" s="5"/>
       <c r="F108" s="5"/>
       <c r="G108" s="5"/>
       <c r="H108" s="5"/>
       <c r="I108" s="5"/>
     </row>
-    <row r="109" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="5"/>
       <c r="B109" s="5"/>
       <c r="C109" s="5"/>
       <c r="D109" s="5"/>
       <c r="E109" s="5"/>
       <c r="F109" s="5"/>
       <c r="G109" s="5"/>
       <c r="H109" s="5"/>
       <c r="I109" s="5"/>
     </row>
-    <row r="110" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="5"/>
       <c r="B110" s="5"/>
       <c r="C110" s="5"/>
       <c r="D110" s="5"/>
       <c r="E110" s="5"/>
       <c r="F110" s="5"/>
       <c r="G110" s="5"/>
       <c r="H110" s="5"/>
       <c r="I110" s="5"/>
     </row>
-    <row r="111" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="5"/>
       <c r="B111" s="5"/>
       <c r="C111" s="5"/>
       <c r="D111" s="5"/>
       <c r="E111" s="5"/>
       <c r="F111" s="5"/>
       <c r="G111" s="5"/>
       <c r="H111" s="5"/>
       <c r="I111" s="5"/>
     </row>
-    <row r="112" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="5"/>
       <c r="B112" s="5"/>
       <c r="C112" s="5"/>
       <c r="D112" s="5"/>
       <c r="E112" s="5"/>
       <c r="F112" s="5"/>
       <c r="G112" s="5"/>
       <c r="H112" s="5"/>
       <c r="I112" s="5"/>
     </row>
-    <row r="113" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="5"/>
       <c r="B113" s="5"/>
       <c r="C113" s="5"/>
       <c r="D113" s="5"/>
       <c r="E113" s="5"/>
       <c r="F113" s="5"/>
       <c r="G113" s="5"/>
       <c r="H113" s="5"/>
       <c r="I113" s="5"/>
     </row>
-    <row r="114" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="5"/>
       <c r="B114" s="5"/>
       <c r="C114" s="5"/>
       <c r="D114" s="5"/>
       <c r="E114" s="5"/>
       <c r="F114" s="5"/>
       <c r="G114" s="5"/>
       <c r="H114" s="5"/>
       <c r="I114" s="5"/>
     </row>
-    <row r="115" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="5"/>
       <c r="B115" s="5"/>
       <c r="C115" s="5"/>
       <c r="D115" s="5"/>
       <c r="E115" s="5"/>
       <c r="F115" s="5"/>
       <c r="G115" s="5"/>
       <c r="H115" s="5"/>
       <c r="I115" s="5"/>
     </row>
-    <row r="116" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="5"/>
       <c r="B116" s="5"/>
       <c r="C116" s="5"/>
       <c r="D116" s="5"/>
       <c r="E116" s="5"/>
       <c r="F116" s="5">
         <f>SUM(F108:F115)</f>
         <v>0</v>
       </c>
       <c r="G116" s="5">
         <f>SUM(F116*2)</f>
         <v>0</v>
       </c>
       <c r="H116" s="5"/>
       <c r="I116" s="5"/>
     </row>
-    <row r="119" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="18" t="s">
         <v>31</v>
       </c>
       <c r="B119" s="19"/>
       <c r="C119" s="20"/>
     </row>
-    <row r="120" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="12"/>
       <c r="B120" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C120" s="12" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="121" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B121" s="5">
         <f>H19</f>
         <v>0</v>
       </c>
       <c r="C121" s="5">
         <f>I19</f>
         <v>0</v>
       </c>
       <c r="D121" s="13"/>
     </row>
-    <row r="122" spans="1:9" ht="61.8" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:9" ht="61.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="14" t="s">
         <v>33</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="5">
         <f>IF(SUM(I37+G53+G69)&gt;=8,8,I37+G53+G69)</f>
         <v>0</v>
       </c>
       <c r="D122" s="13"/>
     </row>
-    <row r="123" spans="1:9" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:9" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="14" t="s">
         <v>34</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="5">
         <f>IF(SUM(H86+G103)&gt;=6,6,H86+G103)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="124" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="10" t="s">
         <v>35</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="5">
         <f>IF(SUM(G116)&gt;=6,6,G116)</f>
         <v>0</v>
       </c>
       <c r="D124" s="13"/>
     </row>
-    <row r="125" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B125" s="5">
         <f>SUM(B121:B124)</f>
         <v>0</v>
       </c>
       <c r="C125" s="5">
         <f>SUM(C121:C124)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A106:I106"/>
     <mergeCell ref="A119:C119"/>
     <mergeCell ref="A4:J4"/>
     <mergeCell ref="A22:J22"/>
     <mergeCell ref="A40:I40"/>
     <mergeCell ref="A56:I56"/>
     <mergeCell ref="A73:I73"/>
     <mergeCell ref="A89:I89"/>
   </mergeCells>
   <conditionalFormatting sqref="C122">
     <cfRule type="cellIs" dxfId="4" priority="1" operator="equal">