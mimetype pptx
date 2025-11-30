--- v0 (2025-10-06)
+++ v1 (2025-11-30)
@@ -358,82 +358,82 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="84087" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="87" d="100"/>
-          <a:sy n="87" d="100"/>
+          <a:sx n="176" d="100"/>
+          <a:sy n="176" d="100"/>
         </p:scale>
-        <p:origin x="680" y="48"/>
+        <p:origin x="1288" y="104"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="441"/>
         <p:guide pos="221"/>
         <p:guide orient="horz" pos="751"/>
         <p:guide pos="2190"/>
         <p:guide orient="horz" pos="2754"/>
         <p:guide orient="horz" pos="3105"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
-          <a:sx n="1" d="2"/>
-          <a:sy n="1" d="2"/>
+          <a:sx n="120" d="100"/>
+          <a:sy n="120" d="100"/>
         </p:scale>
-        <p:origin x="0" y="0"/>
+        <p:origin x="1132" y="84"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="sv-SE"/>
   <c:roundedCorners val="0"/>
@@ -904,58 +904,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="sv-SE"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=ppt/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1736,58 +1736,58 @@
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="1"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="206"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst>
       <a:glow rad="63500">
         <a:schemeClr val="accent1">
           <a:satMod val="175000"/>
           <a:alpha val="40000"/>
         </a:schemeClr>
       </a:glow>
     </a:effectLst>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="sv-SE"/>
     </a:p>
   </c:txPr>
@@ -2989,51 +2989,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FE55F06C-14D9-45DF-81A5-F25F8ECA9886}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-08-18</a:t>
+              <a:t>2025-10-21</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FB76FC6-F54A-4120-9B8F-E28E2A08E522}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -3173,55 +3173,57 @@
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="800">
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4099" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3886200" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -3241,51 +3243,53 @@
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="800">
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4100" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -3355,79 +3359,79 @@
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Klicka här för att ändra format på bakgrundstexten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Nivå två</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Nivå tre</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Nivå fyra</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t>Nivå fem</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4102" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="8686800"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -3449,55 +3453,57 @@
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="800">
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4103" name="Rectangle 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3886200" y="8686800"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -3517,218 +3523,236 @@
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="1200"/>
+              <a:defRPr sz="800">
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1493929085"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
-      <a:defRPr sz="1200" kern="1200">
+      <a:defRPr sz="1100" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Times"/>
+        <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
-      <a:defRPr sz="1200" kern="1200">
+      <a:defRPr sz="1100" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Times"/>
+        <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
-      <a:defRPr sz="1200" kern="1200">
+      <a:defRPr sz="1100" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Times"/>
+        <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
     <a:lvl4pPr marL="1371600" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
-      <a:defRPr sz="1200" kern="1200">
+      <a:defRPr sz="1100" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Times"/>
+        <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
     <a:lvl5pPr marL="1828800" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="30000"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
-      <a:defRPr sz="1200" kern="1200">
+      <a:defRPr sz="1100" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Times"/>
+        <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
     <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
     <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
+  <p:extLst>
+    <p:ext uri="{620B2872-D7B9-4A21-9093-7833F8D536E1}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2880" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2160" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/committee-for-doctoral-education" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/our-ki/departments-deans-head-of-departments-and-head-of-administration/departmental-group-ki-solna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/professional-services" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/board-of-karolinska-institutet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kiholding.se/en/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/committee-for-higher-education" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/our-ki/departments-deans-head-of-departments-and-head-of-administration/departmental-group-ki-north" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/comparative-medicine/about-us" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/research/research-areas-centres-and-networks/research-centres" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/teaching-and-learning" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/the-faculty-board" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/departments" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/university-management" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/university-management/deans" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/faculty-council" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/university-library" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/internal-audit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/committee-for-research" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/our-ki/departments-deans-head-of-departments-and-head-of-administration/departmental-group-ki-south" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -3914,88 +3938,90 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4343400"/>
+            <a:ext cx="5417288" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" i="0" dirty="0" err="1"/>
+              <a:rPr lang="sv-SE" b="1" i="0" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" i="0" dirty="0"/>
+              <a:rPr lang="sv-SE" b="1" i="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" i="0" dirty="0" err="1"/>
+              <a:rPr lang="sv-SE" b="1" i="0" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" i="0" dirty="0"/>
+              <a:rPr lang="sv-SE" b="1" i="0" dirty="0"/>
               <a:t> 2024 (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Mundo Sans Std" panose="02000402020104020303" pitchFamily="50" charset="0"/>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              </a:rPr>
+              <a:t>comparative figures for 2023 are shown in parentheses) </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>However, the figures for the number of students and doctoral students are not completely comparable. "Full-time equivalent students" are not individuals but a measure of educational volume (roughly: if we combine all registered students/individuals on different courses and programs who study different number of credits to full-year students, we get this figure), the number of reported "doctoral students" here is however individuals. KI has 6,483 full-time equivalent students. The total number of students is 11,000.</a:t>
+              <a:t>However, the figures for the number of students and doctoral students are not completely comparable. "Full-time equivalent students" are not individuals but a measure of educational volume (roughly: if we combine all registered students/individuals on different courses and programs who study different number of credits to full-year students, we get this figure), the number of reported "doctoral students" here is however individuals. </a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>10</a:t>
             </a:fld>
@@ -4039,332 +4065,237 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t>Revenue Karolinska Institutet 2024: a total </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
               <a:t> SEK 8,682 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>million </a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+            <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Divided</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>into</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              </a:rPr>
+              <a:t>Direct government funding 40 % </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
+              </a:rPr>
+              <a:t>Research councils 13 % </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              </a:rPr>
+              <a:t>Other government agencies 6 % </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              </a:rPr>
+              <a:t>Municipalities and county councils 5 %</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              </a:rPr>
+              <a:t>Swedish foundations and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              </a:rPr>
+              <a:t>organisations</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              </a:rPr>
+              <a:t> 19 %</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              </a:rPr>
+              <a:t>Foreign foundations and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
+              </a:rPr>
+              <a:t>organisations</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              </a:rPr>
+              <a:t> 9 %</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              </a:rPr>
+              <a:t>Swedish companies 2 % </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
+              </a:rPr>
+              <a:t>Foreign companies 3 % </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...51 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Financial income 3 %</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...8 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="sv-SE" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
-              <a:t>(Annual Report 2024)</a:t>
+              <a:t>(Annual Report 2024</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" i="1" dirty="0"/>
+              <a:t>, page 59</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
+              <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>11</a:t>
             </a:fld>
@@ -4408,52 +4339,52 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" i="0" noProof="0" dirty="0"/>
-              <a:t>(Annual Report 2024)</a:t>
+              <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
+              <a:t>(Annual Report 2024, page 33)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times" charset="0"/>
@@ -4523,52 +4454,52 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" i="0" noProof="0" dirty="0"/>
-              <a:t>(Annual Report 2024)</a:t>
+              <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
+              <a:t>(Annual Report 2024, page 34-35)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -4605,1199 +4536,368 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="4343400"/>
+            <a:ext cx="5231219" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
-[...6 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>How KI is organized:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>The Board of Karolinska Institutet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Konsistoriet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>) is the university’s highest decision-making body. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>Internal audit</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> is an independent function working on behalf of the University Board to examine conformity with the requirements concerning operational efficiency, the management of central government funds, financial reporting and regulatory compliance.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>The President</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> is the government-appointed director general of KI, and presides over the university under the University Board. The Vice President is the President's deputy and has delegated responsibility for specific areas of assignment.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId6"/>
               </a:rPr>
               <a:t>The Faculty Board</a:t>
             </a:r>
-          </a:p>
-[...1106 lines deleted...]
-            <a:endParaRPr lang="sv-SE"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> operates under the president and has overall responsibility for education and research. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The Faculty Board comprises three committees that prepare and examine issues of concern to their particular field of activity. The committees also are delegated by the Faculty Board to make decisions on certain matters. The three committees are:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId7"/>
+              </a:rPr>
+              <a:t>The Committee for Higher Education</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId8"/>
+              </a:rPr>
+              <a:t>The Committee for Doctoral Education</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId9"/>
+              </a:rPr>
+              <a:t>The Committee for Research</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Supporting the President’s strategic work is a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId10"/>
+              </a:rPr>
+              <a:t>Faculty Council</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, which guides on issues related to research and education at KI.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>KI’s core activities of research and education are conducted by </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId11"/>
+              </a:rPr>
+              <a:t>21 departments </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>organised</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> into three departmental groups:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId12"/>
+              </a:rPr>
+              <a:t>KI North</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId13"/>
+              </a:rPr>
+              <a:t>KI Solna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0"/>
+              <a:t> and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId14"/>
+              </a:rPr>
+              <a:t>KI South</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Each departmental group is led by a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId15"/>
+              </a:rPr>
+              <a:t>Dean</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, who also forms part of the President’s management group.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>KI has various </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId16"/>
+              </a:rPr>
+              <a:t>research </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0" err="1">
+                <a:hlinkClick r:id="rId16"/>
+              </a:rPr>
+              <a:t>centres</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, each concentrating on a particular research field.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>KI has a unit for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId17"/>
+              </a:rPr>
+              <a:t>Comparative Medicine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> whose head reports to the President.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The university management includes a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>University Director</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> with overall responsibility for KI’s </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId18"/>
+              </a:rPr>
+              <a:t>Professional Services</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> and its seven offices. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The heads of the following units report to the University Director:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId19"/>
+              </a:rPr>
+              <a:t>The KI University Library</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId20"/>
+              </a:rPr>
+              <a:t>Teaching and Learning</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" u="sng" dirty="0">
+                <a:hlinkClick r:id="rId21"/>
+              </a:rPr>
+              <a:t>Karolinska Institutet Holding AB</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> is a government-owned company managed by KI.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>14</a:t>
             </a:fld>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1165857550"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -5815,248 +4915,126 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
+              </a:rPr>
+              <a:t>The campus areas are in Solna and Huddinge municipality, which are neighbouring municipalities to Stockholm. Solna is located northwest of Stockholm and Flemingsberg in Huddinge in the south. In addition to the campus areas, which are adjacent to the university hospital, there are also several hospitals that are closely linked to KI's programs and activities: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...28 lines deleted...]
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              </a:rPr>
+              <a:t>Danderyds</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
+              </a:rPr>
+              <a:t> Hospital, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...28 lines deleted...]
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              </a:rPr>
+              <a:t>Södersjukhuset</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...61 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> (South Hospital) and S:t Erik's Eye Hospital.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0">
+            <a:endParaRPr lang="en-US" i="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="202124"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sv-SE" sz="1200" kern="1200">
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -6116,172 +5094,151 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>KI's work for equal opportunities </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>means that no one should be discriminated against or harassed because of gender, transgender identity or expression, ethnicity, religion or other belief, disability, sexual orientation or age. </a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>For KI it is important </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>to provide an inclusive work and study environment in which all students and co-workers are treated with respect and where </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>the conditions are excellent for working and developing. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>KI’s activities shall be </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>characterised</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> by a good physical, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>organisational</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, and social study and work environment that is free from discrimination, offensive </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>behaviour</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, and harassment. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:effectLst/>
-[...74 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -6318,411 +5275,333 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4343400"/>
+            <a:ext cx="5562600" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200" dirty="0">
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>One of the world’s leading medical universities </a:t>
             </a:r>
-            <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
+            <a:br>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>KI offers the widest range of education in medicine and health sciences under one roof in Sweden. Approximately 6,500 full-time students (11,000 in total) are taking educational and single subject courses at Bachelor’s and Master’s levels at KI.</a:t>
             </a:r>
-          </a:p>
-[...9 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200" dirty="0">
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>The proximity of the Karolinska University Hospital </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>and other teaching hospitals in the Stockholm area plays an important role during the education. Several of the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>programmes</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> include clinical training or other training within the healthcare system.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Most of the educations </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>lead to a vocational degree and several of the educations also lead to a general degree.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...25 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1200" b="1" i="0" kern="1200" dirty="0">
+            <a:endParaRPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200" dirty="0">
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>5 reasons to choose KI</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:r>
-[...58 lines deleted...]
-              </a:rPr>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>The latest in medical research </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>At KI, teachers often engage in research along-side their teaching responsibilities. This allows students to stay updated on the most recent advancements in the medical field.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
+              <a:t>Interprofessional</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...90 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
+              <a:t>learning</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Students learn to collaborate with peers from various healthcare disciplines, preparing them to work effectively in multidisciplinary teams, enhance patient care, and improve health outcomes. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
+              <a:t>Active student </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
+              <a:t>life</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>KI boasts a vibrant student life, supported by two student unions that </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>organise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> a variety of activities, including sports events, theatre groups, themed parties, and much more. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
+              <a:t>Health </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
+              <a:t>matters</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>At KI the students well-being matters. KI offers free access to well-equipped campus gyms, group </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>activites</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>, and individual counselling services. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
+              <a:t>International </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
+              <a:t>study</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0" err="1"/>
+              <a:t>environment</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>KI is an international university, welcoming students from around the globe, which enriches the educational experience. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...12 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -6784,706 +5663,422 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>KI offers </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0"/>
               <a:t>the widest range of medical education in Sweden and ranks among the top universities in the world. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>A master's degree </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="0" dirty="0"/>
               <a:t>from KI will give you an advantage on the global job market and prepare you for PhD studies.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>KI offers the following bachelor’s and master’s </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
-[...4 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1"/>
               <a:t>programmes</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
-[...11 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="0" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
-[...7 lines deleted...]
-                </a:solidFill>
+              </a:rPr>
+              <a:t>all </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" i="0" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>programmes</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="0" i="0" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" i="0" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> are taught in English:</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Bachelor's </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in Biomedicine</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Joint Master's </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in Health Informatics</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Joint Master’s </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in Biostatistics and Data Science</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Joint Master’s </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in Erasmus Mundus Public Health in Disasters</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Joint Master's </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in Molecular Techniques in Life Science	</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Master's </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Bioentrepreneurship</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Master's </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in Biomedicine	</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Master's </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in Global Health	</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Master's </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in Health Economics, Policy and Management</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Master's </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in Nutrition Science	</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Master's </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in Public Health Sciences		</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Master's </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in Toxicology	</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Master's </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Programme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> in Translational Physiology and Pharmacology	</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" b="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
@@ -7523,388 +6118,324 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="4343400"/>
+            <a:ext cx="5167423" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Over 2,000 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>doctoral students in medicine and health sciences are at KI, constituting </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>33 % of all doctoral students </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>in the area in Sweden (statistics from UKÄ).</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Every year, around 350 students </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>obtain their doctoral degree (PhD) at KI. Many of these have completed their undergraduate or master’s level education abroad. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Every year, around 350 students </a:t>
+              <a:t>Available doctoral positions </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>obtain their doctoral degree (PhD) at KI. Many of these have completed their undergraduate or master’s level education abroad. </a:t>
-            </a:r>
+              <a:t>span the entire field of medical science, from cell to society, and are announced continuously so that interested candidates may apply for them.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" b="0" i="0" kern="1200" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>In the 2023 analysis, it was found that </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Available doctoral positions </a:t>
+              <a:t>KI's postgraduate education generally maintains a high quality</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>span the entire field of medical science, from cell to society, and are announced continuously so that interested candidates may apply for them.</a:t>
-[...9 lines deleted...]
-            </a:endParaRPr>
+              <a:t>, and that the development areas that exist are largely about further implementing the tools and routines that already exist.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Being a doctoral student </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>In the 2023 analysis, it was found that </a:t>
-[...8 lines deleted...]
-            </a:r>
+              <a:t>means being part of a group of researchers that conducts research in close interaction with dedicated supervisors. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" kern="1200" dirty="0"/>
+              <a:t>The doctoral student develops knowledge and understanding while carrying out a research project in close interaction with experienced supervisors.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>Being a doctoral student </a:t>
+              <a:t>As a complement </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" dirty="0"/>
+              <a:t>to</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>means being part of a group of researchers that conducts research in close interaction with dedicated supervisors. </a:t>
-[...12 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>this “learning-by-doing” structure, students also participate in courses and other learning activities that enable them to obtain their degree. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>As a complement </a:t>
-[...7 lines deleted...]
-              <a:t> </a:t>
+              <a:t>International collaboration </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>this “learning-by-doing” structure, students also participate in courses and other learning activities that enable them to obtain their degree. </a:t>
+              <a:t>raises the quality of education and creates opportunities for our students to connect with other research environments.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>International collaboration </a:t>
+              <a:t>At the conferment ceremony</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>raises the quality of education and creates opportunities for our students to connect with other research environments.</a:t>
+              <a:t>, the new Doctors of Medical Science receive their traditional doctoral hats and diplomas at Stockholm City Hall. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" dirty="0"/>
+              <a:t>Stockholm City Hall </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>is also the location for the Nobel Banquet in Stockholm. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...14 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" i="0" kern="1200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1200" i="0" kern="1200" dirty="0">
-[...33 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="sv-SE" i="1" kern="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -8047,51 +6578,125 @@
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>A doctoral education</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> lasts four years and leads to a doctoral degree in medical science.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Doctoral studies </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>are </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>characterised</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> by individuality, with a high degree of freedom and many opportunities.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Each doctoral student</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> has an individual study plan, developed in collaboration between the doctoral student and their supervisor, which describes how the degree requirements will be met for that particular doctoral student. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>The majority </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>of the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>programme</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> consists of the doctoral student carrying out an individual research project in collaboration with their supervisors and other researchers. ‘Learning by doing’.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>The projects </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>cover all the different research areas at KI, from cells to society.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>There is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>a wide range of courses, seminars and other learning activities aimed at doctoral students.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -8132,237 +6737,148 @@
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Clinic-based research </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>facilitates the swift transfer of experimental findings to patient benefit, and clinical observations provide the basis for new research ideas. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200" dirty="0">
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>KI accounts for the single largest </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" dirty="0">
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>share of all academic medical research conducted in Sweden. </a:t>
             </a:r>
-          </a:p>
-[...15 lines deleted...]
-              <a:tabLst/>
+            <a:r>
+              <a:rPr lang="en-US" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Our research spans </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>the entire medical field, from basic experimental research to patient-oriented sciences and global health – and can be described in nine overall research areas. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200" dirty="0">
-[...88 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Over the past year, KI researchers have published approximately 7,200 scientific articles (articles + reviews). Of these articles, just over 90 per cent have been published in collaboration with other actors outside the university, in Sweden and abroad. A large proportion of the published research has some connection to healthcare; see clinical research for more information. Many of the scientific articles are also included as part of the doctoral theses presented at KI.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcBef>
-                <a:spcPts val="1200"/>
+                <a:spcPts val="396"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-[...25 lines deleted...]
-              <a:t>Statistics from Annual Report 2024.</a:t>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>(Annual Report 2024, page 37)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
@@ -8418,885 +6934,615 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Karolinska Institutet accounts for the single largest share of all academic medical research conducted in Sweden. The research spans the entire biomedical field – from basic experimental research to clinical studies in collaboration with the health care system. Pioneering research is conducted here in, for example, cancer, neuroscience, immunology, epidemiology, nursing and global health.</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" noProof="0" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-GB" b="0" i="0" kern="1200" noProof="0" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>We are also a part of the special effort on strategic research areas (SFO) made by the Swedish government.</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-GB" sz="1200" b="0" i="0" kern="1200" noProof="0" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="en-GB" b="1" i="0" kern="1200" noProof="0" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Times" charset="0"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="1" i="0" kern="1200" noProof="0" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-GB" b="1" i="0" kern="1200" noProof="0" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Research areas:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" lvl="0" indent="-342900">
+            <a:pPr marL="171450" lvl="0" indent="-171450">
               <a:buSzPts val="1000"/>
-              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
-              <a:buChar char=""/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:tabLst>
                 <a:tab pos="457200" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Health and </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>disease</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>throughout</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> all </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>stages</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>life</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" lvl="0" indent="-342900">
+            <a:pPr marL="171450" lvl="0" indent="-171450">
               <a:buSzPts val="1000"/>
-              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
-              <a:buChar char=""/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:tabLst>
                 <a:tab pos="457200" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>world</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>around</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>us</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – global </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>health</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> and international </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>collaboration</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" lvl="0" indent="-342900">
+            <a:pPr marL="171450" lvl="0" indent="-171450">
               <a:buSzPts val="1000"/>
-              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
-              <a:buChar char=""/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:tabLst>
                 <a:tab pos="457200" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>future</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>healthcare</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – precision medicine, ATMP, AI, and prevention</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" lvl="0" indent="-342900">
+            <a:pPr marL="171450" lvl="0" indent="-171450">
               <a:buSzPts val="1000"/>
-              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
-              <a:buChar char=""/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:tabLst>
                 <a:tab pos="457200" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Cancer and </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>immunology</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>better</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>diagnostic</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>tools</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> and </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>treatments</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" lvl="0" indent="-342900">
+            <a:pPr marL="171450" lvl="0" indent="-171450">
               <a:buSzPts val="1000"/>
-              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
-              <a:buChar char=""/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:tabLst>
                 <a:tab pos="457200" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Brain, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>nervous</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> system, and mental </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>health</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" lvl="0" indent="-342900">
+            <a:pPr marL="171450" lvl="0" indent="-171450">
               <a:buSzPts val="1000"/>
-              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
-              <a:buChar char=""/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:tabLst>
                 <a:tab pos="457200" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Registry</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> research, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>epidemiology</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, and </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>biostatistics</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" lvl="0" indent="-342900">
+            <a:pPr marL="171450" lvl="0" indent="-171450">
               <a:buSzPts val="1000"/>
-              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
-              <a:buChar char=""/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
               <a:tabLst>
                 <a:tab pos="457200" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Curiosity</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-driven </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>basic</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> research on the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>body’s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>smallest</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="sv-SE" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>components</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1800" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="sv-SE" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
@@ -9344,300 +7590,181 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>New laboratories and offices. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...5 lines deleted...]
-            <a:endParaRPr lang="sv-SE" sz="1200" kern="1200">
+              </a:rPr>
+              <a:t>During the last years, our two campuses in Solna and Flemingsberg have significantly expanded with new laboratories and offices. We have a large number of service laboratories, competence centres and equipment within inter alia imaging, biostatistics, biobanking, proteomics and genomics, and have a joint organisation for animal research. Researchers can receive administrative support to arrange conferences, seek funding and more. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>The broad offering of core facilities</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>, which offer advanced equipment, services and expertise for academic research in Sweden, is open to all researchers at KI, within other academic institutions and, to a limited extent, commercial enterprises. </a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" kern="1200">
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>SciLifeLab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> is a national centre </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>for molecular biology with a focus on health and environmental research. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>SciLifeLab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> is a national resource run by Karolinska Institutet, KTH, Stockholm University and Uppsala University and collaborates with several other Swedish universities. Its objective is to build a strong research group around </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>SciLifeLab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> through education and cooperation. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>SciLifeLab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> combines the best technical expertise with deep knowledge of translational medicine and molecular biology. This national resource is financed by state funding in contribution to strengthening research and innovation.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...185 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -9680,245 +7807,194 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Close</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>collaboration</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> and innovation as an important part of the transition of knowledge and results to the community. Such transitions will promote better health and cure disease.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" kern="1200">
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>KI cooperates</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> successfully with several different companies. Together we can deliver new services, products and knowledge that help improve human health.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" kern="1200">
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>International collaborations</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> are crucial for KI to fulfil its mission and strive towards better health for all. Collaboration takes place at three levels through individual scientists' collaborations, departmental or centre collaborations with similar units at international higher education institutions, and finally through strategic alliances with leading international universities.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" kern="1200">
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>National life science strategy</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>. KI has actively participated in the Swedish Government's work with a national life science strategy, and together with the Region Stockholm KI has initiated a regional life science strategy.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" kern="1200">
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>KI Alumni Network</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> is a professional and social network for alumni and friends of Karolinska Institutet. KI's former students, researchers and employees constitute a vast network of experience and expertise with contacts around the world. KI Alumni strives to connect and maintain contact with alumni through news, events and valuable services.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" kern="1200">
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -9955,513 +8031,267 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4343400"/>
+            <a:ext cx="5411972" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>KI offers</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> innovation support to researchers, students and employees. Our ambition is to create the best possible conditions for the results of our operations to be implemented in society and </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>contribute to a better health for all.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" b="0" i="0" kern="1200">
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sv-SE" sz="1200" kern="1200">
+            <a:r>
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Unit for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Bioentrepreneurship</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>, UBE, conducts research on and education in innovation and entrepreneurship. As an academic unit at KI, UBE can be considered as the first proactive link in KI: s innovation system. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Since 1995,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>KI Holding </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>has been managing and managing large parts of KI's innovation system. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>KI Holding creates </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>a prerequisite for KI to act commercially. This means that the company takes risks and can also make profits - unlike KI, which is a Governmental agency. The business is largely run by the wholly owned subsidiaries: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Karolinska Institutet Innovations AB and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Karolinska Institutet Science Park AB. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>KI has long</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> appreciated a dynamic interaction between academia and business - with benefits for society as a result. In order to evaluate, develop and commercialize interesting discoveries in life science and medical technology, a comprehensive innovation system has been created within the Karolinska Institutet - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>KI Innovations</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" b="1" kern="1200">
+              <a:rPr lang="en-GB" b="1" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-GB" sz="1200" kern="1200">
+              </a:rPr>
+              <a:t>KI Innovations</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...113 lines deleted...]
-            <a:endParaRPr lang="en-GB" sz="1200" i="1" kern="1200">
+              </a:rPr>
+              <a:t> provides support and guidance for many of the ideas at KI that can contribute to a healthier future for everyone. At KI, world-leading research is being conducted, which constantly contributes to increased understanding of human health. KI Innovations helps researchers take the next step towards transforming their findings into socially beneficial products, methods and services, throughout the process from idea to innovation.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...261 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -10521,87 +8351,78 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" dirty="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
               <a:t>The table shows how KI is ranked in the world and in the EU (excluding the UK) according to </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1000" b="0" i="1" u="none" strike="noStrike" dirty="0">
+              <a:rPr lang="en-US" b="0" i="1" u="none" strike="noStrike" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Shanghai Ranking – ARWU, GRAS, </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="800" b="0" i="1" u="none" strike="noStrike" dirty="0">
+              <a:t>Shanghai Ranking – ARWU, GRAS, Times Higher Education</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="1" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Times Higher Education</a:t>
-[...7 lines deleted...]
-              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="800" b="0" i="1" u="none" strike="noStrike" dirty="0">
+              <a:rPr lang="en-US" b="0" i="1" u="none" strike="noStrike" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
               <a:t>World University Rankings and QS World University Rankings.</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" b="0" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -10668,110 +8489,103 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
               <a:t>The table shows how KI is ranked in the world and in the EU (excluding the UK) according to </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" i="1">
+              <a:rPr lang="sv-SE" i="1" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>US </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" i="1" dirty="0" err="1">
+              <a:rPr lang="sv-SE" i="1" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>News</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" i="1" dirty="0">
+              <a:rPr lang="sv-SE" i="1" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> &amp; World </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" i="1" dirty="0" err="1">
+              <a:rPr lang="sv-SE" i="1" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" i="1" dirty="0">
+              <a:rPr lang="sv-SE" i="1" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> Best Global </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" i="1" dirty="0" err="1">
+              <a:rPr lang="sv-SE" i="1" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Universities</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1800" dirty="0">
+              <a:rPr lang="sv-SE" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" b="0" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
@@ -10817,488 +8631,291 @@
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...15 lines deleted...]
-          <a:p>
             <a:pPr marL="171450" indent="-171450">
-              <a:buClr>
-[...1 lines deleted...]
-              </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>KI is founded </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>by Kung Karl XIII on 13 December 1810 as an "academy for the training of skilled army surgeons“, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" err="1"/>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
               <a:t>Carolinska</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" err="1"/>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
               <a:t>Medico</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" err="1"/>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
               <a:t>Chirurgiska</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> Institutet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="sv-SE" b="0" i="0" kern="1200" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
-              <a:buClr>
-[...1 lines deleted...]
-              </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>As one of </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>KI's first professors, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200" err="1">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Jöns</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> Jacob Berzelius lays the foundations of KI's scientific orientation, 1813.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="sv-SE" b="0" i="0" kern="1200" dirty="0">
               <a:effectLst/>
-              <a:latin typeface="Times"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
-              <a:buClr>
-[...1 lines deleted...]
-              </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Alfred Nobel's </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>testament bequeaths KI the right to select the Nobel Prize in Physiology or Medicine, 1895</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
-              <a:buClr>
-[...1 lines deleted...]
-              </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Nanna Svartz </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>is appointed professor at Karolinska Institutet, becoming Sweden's first state-employed female professor, 1937.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
-              <a:buClr>
-[...1 lines deleted...]
-              </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Hugo Theorell </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>becomes KI's first Nobel Laureate, receiving the Nobel Prize in Physiology or Medicine for his discoveries concerning the nature and mode of action of oxidation enzymes, 1955.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" b="0"/>
+            <a:endParaRPr lang="sv-SE" b="0" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
-              <a:buClr>
-[...1 lines deleted...]
-              </a:buClr>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>In 1997 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>KI is granted official status as a university, with a mission to "contribute to the improvement of human health through research, education and information".</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" kern="1200">
-[...6 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="171450" marR="0" lvl="0" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
-              <a:buClr>
-[...1 lines deleted...]
-              </a:buClr>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>KI celebrates </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>its 200th anniversary in 2010.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" kern="1200">
-[...6 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="sv-SE" kern="1200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
-              <a:buClr>
-[...1 lines deleted...]
-              </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="1" kern="1200">
-[...17 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="sv-SE" b="1" kern="1200" dirty="0" err="1"/>
+              <a:t>Strategy</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="1" kern="1200" dirty="0"/>
+              <a:t> 2030</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" kern="1200" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>the strategic plan that will be the guiding light until 2030 is decided, 2019.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -11484,222 +9101,187 @@
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="bg1"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
-[...18 lines deleted...]
-              <a:t>to Karolinska Institutet’s value statements: Magna Charta Universitatum, The Ethical Foundations of the State and Karolinska Institutet’s own core values. Our various departments and divisions will now be discussing what this means for us in practice.</a:t>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Our core values should permeate our culture </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>and serve as a guideline for how we are perceived and how we tackle the challenges that arise in our operations. Our core values shall be reflected in the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>organisation's</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> governance and standards and guide us in an environment where the conditions for our operations are constantly changing. This is crucial for making the right choices and taking long-term, sustainable decisions. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="bg1"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+            <a:endParaRPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="Times" charset="0"/>
-[...1 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
+              <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:schemeClr val="bg1"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
-[...23 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>KI’s core values are: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Creativity - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>We create groundbreaking results through creative thinking, perseverance, collaboration, and encouragement of originality</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Passion - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...3 lines deleted...]
-              <a:t>We have a passion for science and knowledge transfer and their power to change the world</a:t>
+              </a:rPr>
+              <a:t>We have a passion for science and knowledge transfer, and their power to change the world</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
+              <a:rPr lang="en-US" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Responsibility - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" kern="1200">
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times"/>
-[...3 lines deleted...]
-              <a:t>Our activities are characterised by high quality and an ethical approach, as well as by respect, empathy, and critical reflection.</a:t>
+              </a:rPr>
+              <a:t>Our activities are </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>characterised</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> by high quality and an ethical approach, as well as by respect, empathy, and critical reflection.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -11741,99 +9323,124 @@
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="sv-SE" b="1" dirty="0"/>
+              <a:t>The vision</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="sv-SE" dirty="0"/>
+              <a:t> is shared by everyone who works at KI and describes </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="sv-SE" b="1" dirty="0"/>
+              <a:t>what we do</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="sv-SE" dirty="0"/>
+              <a:t> and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="sv-SE" b="1" dirty="0"/>
+              <a:t>what we aim to contribute</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="sv-SE" dirty="0"/>
+              <a:t> in a concise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="sv-SE" b="0" dirty="0"/>
+              <a:t> sentence.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="sv-SE" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>KI’s vision:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="sv-SE" b="0"/>
-[...23 lines deleted...]
-              <a:rPr lang="en-US" b="1"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>We are advancing knowledge about life and strive towards better health for all. </a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" b="1"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -11869,123 +9476,129 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="4343400"/>
+            <a:ext cx="5146158" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" kern="1200">
-[...65 lines deleted...]
-            <a:endParaRPr lang="sv-SE"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Background to Strategy 2030</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Ongoing long-term change work. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Organisational</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> and infrastructural changes. New management </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>organisation</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> since the turn of the year 2018/2019. About  80 per cent of our experimental research has moved into new premises. Through Strategy 2030, we are setting out the direction for KI for the next ten years or so. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>We will approach 2030 as a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>groundbreaking, collaborative</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>global university</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>. These three strategic choices are the most important for us to achieve our overall goals and move closer to our vision: “We are advancing knowledge about life and strive towards better health for all”. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>The strategic choices are interdependent: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>By strengthening our international profile – a global university – and our collaboration with healthcare, higher education institutions and others – a collaborative university – we gain the perspectives we need to make new breakthroughs in research and achieve high quality in education – a groundbreaking university. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Taking responsibility for the development of society. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The strategic choices involve broadening our ambitions and taking greater responsibility for the development of society globally, nationally and locally.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -12027,349 +9640,170 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              </a:rPr>
+              <a:t>The Global Goals </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              </a:rPr>
+              <a:t>are the most ambitious agenda </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              </a:rPr>
+              <a:t>for sustainable development that the nations of the world have ever adopted and exists to achieve four fantastic things by the year 2030: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              </a:rPr>
+              <a:t>To eliminate extreme poverty. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              </a:rPr>
+              <a:t>To reduce inequality and injustice in the world. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              </a:rPr>
+              <a:t>To promote peace and justice. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              </a:rPr>
+              <a:t>To solve the climate crisis. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>KI’s activity should be inspired by and contribute </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>to the UN’s 2030 Agenda and the 17 global goals for sustainable development – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>Sustainable Development Goals</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> (SDGs). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...18 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              </a:rPr>
+              <a:t>We have the greatest opportunity to contribute to a better environment and sustainable development by increasing visibility and integrating a sustainability perspective in our research and education. Education, research, innovation and leadership are essential for society’s sustainable development. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
-              <a:latin typeface="Times"/>
-[...193 lines deleted...]
-              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -12406,136 +9840,158 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="4343400"/>
+            <a:ext cx="5156791" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>International co-publications </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>2021-2023</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>The number of academic articles published by KI’s researchers in collaboration with one or more researchers from different parts of the world.</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...9 lines deleted...]
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+            <a:endParaRPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Minion Pro" panose="02040503050306020203" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>publish many scientific articles in collaboration with researchers in other countries. In recent years, international co-publications have accounted for about 75 percent of all articles from KI. During the period 2021–2023, articles were published together with researchers based in approximately 180 different countries. The country with the most co-publications was the United States, closely followed by Great Britain and Germany.</a:t>
-            </a:r>
+              <a:t>Every year, KI's researchers publish many scientific articles in collaboration with researchers in other countries. In recent years, international co-publications have accounted for about 75 percent of all articles from KI. During the period 2021–2023, articles were published together with researchers based in approximately 180 different countries. The country with the most co-publications was the United States, closely followed by Great Britain and Germany.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" i="1" dirty="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
+              <a:t>Annual</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
+              <a:t>Report</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" i="1" dirty="0">
+                <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2024, page 40</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" i="1" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -12588,118 +10044,99 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The field-standardized citation rate reflects an article's citation rate in relation to the citation rate of comparable publications, i.e. publications of the same document type, published in the same year and within the same subject. The diagram shows the average value per year of the field-standardized citation rate for all articles from KI. This is set in the diagram in relation to the corresponding Cf value for the EU's 27 member states (EU27) and Great Britain. KI's citation rate is at a level that exceeds the corresponding value for the EU27 and Great Britain.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="396"/>
+              </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0"/>
-[...20 lines deleted...]
-            <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
-              <a:t> 2024</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:t> 2024, page 39</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="Times"/>
-[...1 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -12741,251 +10178,174 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The Nobel Assembly at Karolinska Institutet, which selects the Nobel Prize winners in physiology or medicine, consists of 50 elected members who are professors at KI. Through its work with the Nobel Prize, KI has gained an invaluable network of contacts and a unique overview of medical research findings around the world.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t>The prize </a:t>
-            </a:r>
+              <a:t>Quick facts about the Nobel Prize in Physiology or Medicine</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>was established by Alfred Nobel in his will of 1895 and was first awarded in 1901.</a:t>
-[...6 lines deleted...]
-            </a:r>
+              <a:t>The prize was established by Alfred Nobel in his will of 1895 and was first awarded in 1901.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>, the prize sum is SEK 11 million for each Nobel Prize, which can be divided between several, although no more than three laureates.</a:t>
-[...6 lines deleted...]
-            </a:r>
+              <a:t>As of 2024, the prize sum is SEK 11 million for each Nobel Prize, which can be divided between several, although no more than three laureates.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>in Physiology or Medicine is awarded by the Nobel Assembly and Nobel Committee at Karolinska Institutet, which consists of 50 professors at the university.</a:t>
-[...47 lines deleted...]
-              <a:t>in which the Nobel Assembly meets is called the Nobel Forum and is located on Karolinska </a:t>
+              <a:t>The building in which the Nobel Assembly meets is called the Nobel Forum and is located on Karolinska </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>Institutet’s</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> Campus Solna. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>are made by hand from 18 carat recycled gold and weigh 175 grams.</a:t>
-[...6 lines deleted...]
-            </a:r>
+              <a:t>The final vote takes place immediately before the winner or winners are made public, on the first Monday of October each year. The decision cannot be appealed. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>of nominees and discussions regarding the award remain secret for 50 years. </a:t>
-[...6 lines deleted...]
-            </a:r>
+              <a:t>The winner or winners will be notified just before the announcement is made public.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t> are permitted to nominate candidates for the prize. Who is competent to nominate candidates is stated in the Statutes of the Nobel Foundation. </a:t>
-[...6 lines deleted...]
-            </a:r>
+              <a:t>Alfred Nobel invented dynamite. He built up an expanding business empire but had no close family. In his final will he left the greater part of his wealth to a fund, the interest on which was to be distributed annually as the Nobel Prizes.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t> have been awarded the Nobel Prize in Physiology or Medicine: </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Of the eight Swedes who have won the Nobel Prize in Physiology or Medicine to date, five are from Karolinska Institutet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t> Cori and Carl Cori in 1947 and May-Britt Moser and Edvard I. Moser in 2014.</a:t>
-[...43 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+              <a:t>The Nobel Prize medal is handmade from 18-carat recycled gold and weighs 175 grams.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>9</a:t>
             </a:fld>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1088945004"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -13440,51 +10800,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BAE95B-2559-ED1B-6634-A3474D45E63E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F25A6EB3-5C64-4BC3-F7B0-1B6EE2649655}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -13556,51 +10916,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1E5A7778-F154-4AB3-9276-920549E43593}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
@@ -13824,51 +11184,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BA27AD03-ED61-40E0-970C-E13B62139EF9}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -13963,51 +11323,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B9C76F97-4717-491E-A28A-7D10B067C1B0}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
@@ -14205,51 +11565,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4FB474F6-288B-4BA2-ADE9-A82E7EE38C72}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
@@ -14388,51 +11748,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka här för att ändra format</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CB17959F-3BCC-44AA-92BA-1DFA416D5351}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Karolinska Institutet – A medical university</a:t>
             </a:r>
           </a:p>
@@ -14846,51 +12206,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>18 augusti 2025</a:t>
+              <a:t>21 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -15296,51 +12656,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1E5A7778-F154-4AB3-9276-920549E43593}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -15591,51 +12951,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -16015,51 +13375,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -16135,51 +13495,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BA27AD03-ED61-40E0-970C-E13B62139EF9}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -16468,51 +13828,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -16752,51 +14112,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4FB474F6-288B-4BA2-ADE9-A82E7EE38C72}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{73E6EECC-44D8-4442-87AA-D47F74CC81A2}" type="slidenum">
@@ -17045,51 +14405,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Karolinska Institutet – A medical university</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CB17959F-3BCC-44AA-92BA-1DFA416D5351}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -17395,51 +14755,51 @@
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -18220,51 +15580,51 @@
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>18 augusti 2025</a:t>
+              <a:t>21 oktober 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -20145,51 +17505,51 @@
           <p:cNvPr id="45" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACA8479A-1AA3-4BC9-BEF8-260D849A823D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -20318,51 +17678,51 @@
           <p:cNvPr id="8" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECC5285E-1DAD-468A-A902-D8922C96C1EC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -20930,51 +18290,51 @@
           <p:cNvPr id="14" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B64D36C9-7713-4E96-A2CF-CA2F2D0197CA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -24345,51 +21705,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F64B1F-D112-42C5-A103-04DD7E6D0983}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C7502F15-62E3-4EE0-90A4-5B9C7BDAA6D7}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BA631E4-D2E0-401E-A107-65CDEBA5D021}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -24565,51 +21925,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDF615DB-6517-43DE-B275-C080A3CE7FCC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{933A3FFB-CB80-4D69-9685-0416B87D2329}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BF22697-74DC-4C70-952C-31112ADB84DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -25062,51 +22422,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A198B46-3C86-43CC-A189-A4890CE220AA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{03BB775D-E739-44DA-9F4A-428F61AB299D}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4CBD117-F600-48A1-9BCA-F3E3F6D6D2A9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -25312,51 +22672,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1B1A37D2-BC0D-4BA4-BD84-13B7853BD241}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B194BA2B-2F55-441A-BBF2-28DC4525C51D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -26826,51 +24186,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -26958,51 +24318,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4861103-B878-4155-A7A6-12A3087C9276}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DABA7CA0-F357-45C4-8209-F4A81911C17C}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A25C5F2E-03FD-4932-B7DE-1D47C1202C04}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -27570,76 +24930,51 @@
               <a:t>Toxicology</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="182563" indent="-182563">
               <a:lnSpc>
                 <a:spcPts val="2100"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="0" dirty="0"/>
               <a:t>Translational Physiology and Pharmacology</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPts val="2100"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
-[...24 lines deleted...]
-                <a:spcPts val="0"/>
+                <a:spcPts val="600"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1050" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>All </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1050" b="0" i="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>programmes</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1050" b="0" i="0" dirty="0">
@@ -27825,51 +25160,51 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" altLang="sv-SE" sz="600">
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Photo: Erik Flyg</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2955D3CE-6367-3E06-AED2-ECD99BF58597}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -28622,51 +25957,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F6E945C1-77BC-4D9B-850F-AC89F16AD521}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -28721,51 +26056,51 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B419EC2-8210-4936-9F5E-E5A4EDA23680}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8949C9C8-C5D7-4801-9B3D-7E29799139CB}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7365A372-EEE0-4FC1-983C-5C14622C348F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -31207,51 +28542,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5BEBE55-F0BF-4C1E-AE32-E00B489B9C83}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F540271A-FA01-4174-A717-4908780DEFB4}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEE57A7F-B9F2-4D64-8FD8-AEDE8D482ABF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -31938,51 +29273,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40B99EA2-31F0-4E67-B419-A7E7F019BA64}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{61AADAC2-47CA-430D-8CBB-13DC0B5F8D04}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66F3B245-DDA1-489D-904E-041F6B01E724}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -32115,51 +29450,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D2AC6AB-8D32-42CC-ADFA-C8F59AAAA69D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{742DF170-58A6-462C-B1B8-F3A9808BDA1A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89F9DB62-AA20-4A57-B66C-CC417F7A9DF6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -32985,51 +30320,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9297CDF1-DD6F-45BB-91C0-4ABA9508C0DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{75E2B207-8AD5-4295-AEB3-79ED3879B6EF}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F549C38B-77B6-4B3B-BFC7-4578D9345178}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -33487,51 +30822,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7527702C-390A-4288-ABC7-D091D30DF15C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9307B84B-7192-4DA7-829C-0EDBC24318B2}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFBB50D6-5222-4355-8648-2CC64AEA14E8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -33971,51 +31306,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A66470DF-5A15-4B56-9039-8F169043532D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{23DFF42C-3259-4CBF-A8E0-BA3A40CAF8CD}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAA5C0F1-B506-464E-9EED-062C39FC150C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -34708,51 +32043,51 @@
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="688940905"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Tabell 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D3A6318-233A-5E6B-1622-1F6EF90BF3CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="940968035"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="611818402"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="352424" y="2067694"/>
           <a:ext cx="5544616" cy="1219200"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{7DF18680-E054-41AD-8BC1-D1AEF772440D}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1512168">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2721609653"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1008112">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -34792,51 +32127,51 @@
                         <a:rPr lang="en-US" sz="800" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>Times Higher Education </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-US" sz="800" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>World University Rankings </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-US" sz="800" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>2025 (published 2024/2025)</a:t>
+                        <a:t>2025/2026 (published 2024/2025)</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" sz="800" baseline="30000" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
@@ -34934,51 +32269,51 @@
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>World rank</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0"/>
-                        <a:t>49</a:t>
+                        <a:t>53</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>13</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
@@ -36013,68 +33348,189 @@
               </a:rPr>
               <a:t>  1 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="700" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>Only multi-faculty universities are qualified for QS overall ranking</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" defTabSz="144000">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buAutoNum type="arabicPlain"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="800" dirty="0">
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Platshållare för sidfot 4">
+          <p:cNvPr id="3" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27A783B9-9DD0-2907-FBFC-335AC734909A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEC0B2D0-7779-227A-A5AB-39DDADA8CBCC}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="255983" y="4787115"/>
+            <a:ext cx="2803849" cy="171450"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Karolinska Institutet – a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" err="1"/>
+              <a:t>medical</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" err="1"/>
+              <a:t>university</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3479A6-F66F-4927-8CEE-358B995DD794}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t>13 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
+              <a:t>October</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för bildnummer 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{117A06E8-B869-40BB-9B56-9B8AB11C49BA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:pPr/>
+              <a:t>26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Platshållare för sidfot 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE85DB0A-BB9F-37BF-63DB-8817608846A2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm rot="16200000">
-            <a:off x="7763319" y="3255893"/>
+            <a:off x="7763319" y="3268863"/>
             <a:ext cx="2486922" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
@@ -36208,188 +33664,93 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Updated</a:t>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>pdated</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t> 18 August</a:t>
+              <a:t> 13 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>October</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> 2025</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
-          </a:p>
-[...111 lines deleted...]
-            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2185294757"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -36458,51 +33819,59 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3479A6-F66F-4927-8CEE-358B995DD794}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>13 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
+              <a:t>October</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" dirty="0"/>
+              <a:t> 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{117A06E8-B869-40BB-9B56-9B8AB11C49BA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
@@ -36688,65 +34057,82 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>pdated</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Senast uppdaterad </a:t>
+              <a:t> 18 August</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>18 August 2025</a:t>
+              <a:t> 2025</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Tabell 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E61477E0-6878-574B-2E91-1A82B93A507D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
@@ -39415,51 +36801,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B08A04F-CD43-4990-9475-F5570C00C2FC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CD778BB7-840E-42E1-A346-97EA15EC8500}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA2723BE-DF5A-4D3E-A404-E4F446899C8D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -40134,51 +37520,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4B25267C-4E51-489A-AF57-735E5A70CE69}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE1A4754-EF4C-702B-E150-D3B2D133B29D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7884368" y="4287366"/>
@@ -40650,51 +38036,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BE0194A-70D6-4B2E-B4B6-80310205B840}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5210E770-2E8E-47DD-AB05-512AFD1FB464}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{484C50F2-F300-4034-ACA1-B7AD16839788}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -41256,51 +38642,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFC54A44-C2AB-4AC2-B7A4-8F7B436722E7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D656B10F-AB4F-4B1A-A04C-CEB9EDC76841}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33857470-F71A-47D7-9949-3D8155D23AB2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -41916,51 +39302,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB214BD2-4871-4552-B7F0-A3203E3A0CD5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4E491A7-A9A9-4ADE-BA7A-2F73048B6CE7}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCB3F5EC-0C51-471E-8667-AA75C15595AD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -42093,51 +39479,51 @@
           <p:cNvPr id="14" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DB2EF4B-409B-4C4B-A50E-490097BC7AE8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>18 August 2025</a:t>
+              <a:t>21 October 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -45186,96 +42572,89 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Default Theme</Template>
   <TotalTime></TotalTime>
-  <Words>5951</Words>
+  <Words>5404</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildspel på skärmen (16:9)</PresentationFormat>
-  <Paragraphs>690</Paragraphs>
+  <Paragraphs>631</Paragraphs>
   <Slides>29</Slides>
   <Notes>29</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>29</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="45" baseType="lpstr">
-      <vt:lpstr>Aptos</vt:lpstr>
+    <vt:vector size="38" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>DM Sans</vt:lpstr>
       <vt:lpstr>DM Sans Medium</vt:lpstr>
-      <vt:lpstr>Helvetica</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Times</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
-      <vt:lpstr>var(--fontText)</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>PPT KI</vt:lpstr>
       <vt:lpstr>PPT KI</vt:lpstr>
       <vt:lpstr>Karolinska Institutet</vt:lpstr>
       <vt:lpstr>Welcome to Karolinska Institutet</vt:lpstr>
       <vt:lpstr>Value Statements</vt:lpstr>
       <vt:lpstr>Our vision. We are advancing knowledge about life  and strive towards better health for all.</vt:lpstr>
       <vt:lpstr>KI’s strategic plan Strategy 2030</vt:lpstr>
       <vt:lpstr>The Global Goals</vt:lpstr>
       <vt:lpstr>International co-publications</vt:lpstr>
       <vt:lpstr>Field-normalised citation score </vt:lpstr>
       <vt:lpstr>The Nobel Prize in Physiology or Medicine</vt:lpstr>
       <vt:lpstr>KI in numbers</vt:lpstr>
       <vt:lpstr>Revenue</vt:lpstr>
       <vt:lpstr>External research funding</vt:lpstr>
       <vt:lpstr>EU</vt:lpstr>
       <vt:lpstr>Organisational chart</vt:lpstr>
       <vt:lpstr>Geographic  location</vt:lpstr>
       <vt:lpstr>Equal Opportunities at KI</vt:lpstr>
       <vt:lpstr>Education</vt:lpstr>
       <vt:lpstr>Global Bachelor's and Master’s Programmes </vt:lpstr>
       <vt:lpstr>Doctoral Education</vt:lpstr>
       <vt:lpstr>Doctoral Education cont.</vt:lpstr>
       <vt:lpstr>Research</vt:lpstr>
       <vt:lpstr>Research at KI</vt:lpstr>