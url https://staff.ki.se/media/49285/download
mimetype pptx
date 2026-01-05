--- v1 (2025-11-30)
+++ v2 (2026-01-05)
@@ -358,54 +358,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="84087" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="176" d="100"/>
-          <a:sy n="176" d="100"/>
+          <a:sx n="76" d="100"/>
+          <a:sy n="76" d="100"/>
         </p:scale>
-        <p:origin x="1288" y="104"/>
+        <p:origin x="1000" y="276"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="441"/>
         <p:guide pos="221"/>
         <p:guide orient="horz" pos="751"/>
         <p:guide pos="2190"/>
         <p:guide orient="horz" pos="2754"/>
         <p:guide orient="horz" pos="3105"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="120" d="100"/>
@@ -2989,51 +2989,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FE55F06C-14D9-45DF-81A5-F25F8ECA9886}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-10-21</a:t>
+              <a:t>2025-12-15</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FB76FC6-F54A-4120-9B8F-E28E2A08E522}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -10800,51 +10800,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BAE95B-2559-ED1B-6634-A3474D45E63E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F25A6EB3-5C64-4BC3-F7B0-1B6EE2649655}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -10916,51 +10916,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1E5A7778-F154-4AB3-9276-920549E43593}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
@@ -11184,51 +11184,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BA27AD03-ED61-40E0-970C-E13B62139EF9}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -11323,51 +11323,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B9C76F97-4717-491E-A28A-7D10B067C1B0}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
@@ -11565,51 +11565,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4FB474F6-288B-4BA2-ADE9-A82E7EE38C72}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
@@ -11748,51 +11748,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka här för att ändra format</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CB17959F-3BCC-44AA-92BA-1DFA416D5351}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Karolinska Institutet – A medical university</a:t>
             </a:r>
           </a:p>
@@ -12206,51 +12206,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -12656,51 +12656,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1E5A7778-F154-4AB3-9276-920549E43593}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -12951,51 +12951,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -13375,51 +13375,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -13495,51 +13495,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BA27AD03-ED61-40E0-970C-E13B62139EF9}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -13828,51 +13828,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -14112,51 +14112,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4FB474F6-288B-4BA2-ADE9-A82E7EE38C72}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{73E6EECC-44D8-4442-87AA-D47F74CC81A2}" type="slidenum">
@@ -14405,51 +14405,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Karolinska Institutet – A medical university</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CB17959F-3BCC-44AA-92BA-1DFA416D5351}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -14755,51 +14755,51 @@
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -15580,51 +15580,51 @@
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 oktober 2025</a:t>
+              <a:t>15 december 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -17505,51 +17505,51 @@
           <p:cNvPr id="45" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACA8479A-1AA3-4BC9-BEF8-260D849A823D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17678,51 +17678,51 @@
           <p:cNvPr id="8" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECC5285E-1DAD-468A-A902-D8922C96C1EC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -18290,51 +18290,51 @@
           <p:cNvPr id="14" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B64D36C9-7713-4E96-A2CF-CA2F2D0197CA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21705,51 +21705,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F64B1F-D112-42C5-A103-04DD7E6D0983}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C7502F15-62E3-4EE0-90A4-5B9C7BDAA6D7}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BA631E4-D2E0-401E-A107-65CDEBA5D021}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21925,51 +21925,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDF615DB-6517-43DE-B275-C080A3CE7FCC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{933A3FFB-CB80-4D69-9685-0416B87D2329}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BF22697-74DC-4C70-952C-31112ADB84DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -22422,51 +22422,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A198B46-3C86-43CC-A189-A4890CE220AA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{03BB775D-E739-44DA-9F4A-428F61AB299D}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4CBD117-F600-48A1-9BCA-F3E3F6D6D2A9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -22672,51 +22672,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1B1A37D2-BC0D-4BA4-BD84-13B7853BD241}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B194BA2B-2F55-441A-BBF2-28DC4525C51D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -24186,51 +24186,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -24318,51 +24318,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4861103-B878-4155-A7A6-12A3087C9276}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DABA7CA0-F357-45C4-8209-F4A81911C17C}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A25C5F2E-03FD-4932-B7DE-1D47C1202C04}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -25957,51 +25957,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F6E945C1-77BC-4D9B-850F-AC89F16AD521}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -26056,51 +26056,51 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B419EC2-8210-4936-9F5E-E5A4EDA23680}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8949C9C8-C5D7-4801-9B3D-7E29799139CB}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7365A372-EEE0-4FC1-983C-5C14622C348F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -28542,51 +28542,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5BEBE55-F0BF-4C1E-AE32-E00B489B9C83}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F540271A-FA01-4174-A717-4908780DEFB4}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEE57A7F-B9F2-4D64-8FD8-AEDE8D482ABF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -29273,51 +29273,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40B99EA2-31F0-4E67-B419-A7E7F019BA64}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{61AADAC2-47CA-430D-8CBB-13DC0B5F8D04}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66F3B245-DDA1-489D-904E-041F6B01E724}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -29450,51 +29450,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D2AC6AB-8D32-42CC-ADFA-C8F59AAAA69D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{742DF170-58A6-462C-B1B8-F3A9808BDA1A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89F9DB62-AA20-4A57-B66C-CC417F7A9DF6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -30320,51 +30320,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9297CDF1-DD6F-45BB-91C0-4ABA9508C0DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{75E2B207-8AD5-4295-AEB3-79ED3879B6EF}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F549C38B-77B6-4B3B-BFC7-4578D9345178}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -30822,51 +30822,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7527702C-390A-4288-ABC7-D091D30DF15C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9307B84B-7192-4DA7-829C-0EDBC24318B2}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFBB50D6-5222-4355-8648-2CC64AEA14E8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -31306,51 +31306,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A66470DF-5A15-4B56-9039-8F169043532D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{23DFF42C-3259-4CBF-A8E0-BA3A40CAF8CD}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAA5C0F1-B506-464E-9EED-062C39FC150C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -31418,51 +31418,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>International ranking</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Tabell 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9B51951-A333-B0C6-261D-EA67FCE8A339}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2665812206"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3470554711"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="352424" y="915566"/>
           <a:ext cx="7560840" cy="1097280"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1512168">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2721609653"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1008112">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -31492,59 +31492,51 @@
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="936104">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4280078791"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1080120">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4220435217"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-US" sz="800" noProof="0" dirty="0"/>
-                        <a:t>Shanghai Ranking  </a:t>
-[...7 lines deleted...]
-                        <a:t>, GRAS 2024</a:t>
+                        <a:t>Shanghai Ranking  ARWU, 2025, GRAS 2025</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="800" baseline="30000" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0"/>
                         <a:t>Overall (ARWU)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="b"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
@@ -31556,83 +31548,95 @@
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="b"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>Public Health</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="b"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="sv-SE" sz="800" u="none" strike="noStrike" dirty="0" err="1">
+                        <a:rPr lang="sv-SE" sz="800" u="none" strike="noStrike" noProof="0" dirty="0" err="1">
                           <a:effectLst/>
                         </a:rPr>
-                        <a:t>Nursing</a:t>
+                        <a:t>Dentistry</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="800" u="none" strike="noStrike" noProof="0" dirty="0">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t> and Oral </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="800" u="none" strike="noStrike" noProof="0" dirty="0" err="1">
+                          <a:effectLst/>
+                        </a:rPr>
+                        <a:t>health</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="b"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>Human Biological Sciences</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="b"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>Pharmacy and Pharmaceutical</a:t>
+                        <a:t>Biological Sciences</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="b"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="456534858"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>World rank</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
@@ -31648,131 +31652,131 @@
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0"/>
                         <a:t>50</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>33</a:t>
+                        <a:t>34</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>28</a:t>
+                        <a:t>22</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>49</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>30</a:t>
+                        <a:t>39</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>33</a:t>
+                        <a:t>48</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2904025710"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
@@ -31808,105 +31812,105 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>10</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>8</a:t>
+                        <a:t>6</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>4</a:t>
+                        <a:t>16</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>9</a:t>
+                        <a:t>10</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>14</a:t>
+                        <a:t>10</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2384002420"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>EU rank</a:t>
                       </a:r>
@@ -31926,131 +31930,131 @@
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0"/>
                         <a:t>7</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>4</a:t>
+                        <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>2</a:t>
+                        <a:t>7</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>3</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>9</a:t>
+                        <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1">
                         <a:lumMod val="95000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="688940905"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Tabell 7">
             <a:extLst>
@@ -33421,59 +33425,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3479A6-F66F-4927-8CEE-358B995DD794}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
-              <a:t>13 </a:t>
-[...7 lines deleted...]
-              <a:t> 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{117A06E8-B869-40BB-9B56-9B8AB11C49BA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
@@ -33680,62 +33676,61 @@
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>U</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>pdated</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
+              </a:rPr>
+              <a:t> 12 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t> 13 </a:t>
-[...8 lines deleted...]
-              <a:t>October</a:t>
+              <a:t>December</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> 2025</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2185294757"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
@@ -33819,59 +33814,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3479A6-F66F-4927-8CEE-358B995DD794}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" dirty="0"/>
-              <a:t>13 </a:t>
-[...7 lines deleted...]
-              <a:t> 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{117A06E8-B869-40BB-9B56-9B8AB11C49BA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
@@ -36801,51 +36788,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B08A04F-CD43-4990-9475-F5570C00C2FC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CD778BB7-840E-42E1-A346-97EA15EC8500}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA2723BE-DF5A-4D3E-A404-E4F446899C8D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -37520,51 +37507,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4B25267C-4E51-489A-AF57-735E5A70CE69}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE1A4754-EF4C-702B-E150-D3B2D133B29D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7884368" y="4287366"/>
@@ -38036,51 +38023,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BE0194A-70D6-4B2E-B4B6-80310205B840}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5210E770-2E8E-47DD-AB05-512AFD1FB464}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{484C50F2-F300-4034-ACA1-B7AD16839788}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -38642,51 +38629,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFC54A44-C2AB-4AC2-B7A4-8F7B436722E7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D656B10F-AB4F-4B1A-A04C-CEB9EDC76841}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33857470-F71A-47D7-9949-3D8155D23AB2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -39302,51 +39289,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB214BD2-4871-4552-B7F0-A3203E3A0CD5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4E491A7-A9A9-4ADE-BA7A-2F73048B6CE7}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCB3F5EC-0C51-471E-8667-AA75C15595AD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -39479,51 +39466,51 @@
           <p:cNvPr id="14" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DB2EF4B-409B-4C4B-A50E-490097BC7AE8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>21 October 2025</a:t>
+              <a:t>15 December 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -42572,51 +42559,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Default Theme</Template>
   <TotalTime></TotalTime>
-  <Words>5404</Words>
+  <Words>5406</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildspel på skärmen (16:9)</PresentationFormat>
   <Paragraphs>631</Paragraphs>
   <Slides>29</Slides>
   <Notes>29</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>