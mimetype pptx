--- v2 (2026-01-05)
+++ v3 (2026-01-29)
@@ -349,51 +349,51 @@
     <a:srgbClr val="870052"/>
     <a:srgbClr val="FBABCF"/>
     <a:srgbClr val="F864A7"/>
     <a:srgbClr val="FFA3E7"/>
     <a:srgbClr val="FFCCFF"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="84087" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="76" d="100"/>
           <a:sy n="76" d="100"/>
         </p:scale>
         <p:origin x="1000" y="276"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="441"/>
         <p:guide pos="221"/>
         <p:guide orient="horz" pos="751"/>
         <p:guide pos="2190"/>
         <p:guide orient="horz" pos="2754"/>
         <p:guide orient="horz" pos="3105"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
@@ -2989,51 +2989,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FE55F06C-14D9-45DF-81A5-F25F8ECA9886}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2025-12-15</a:t>
+              <a:t>2026-01-21</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FB76FC6-F54A-4120-9B8F-E28E2A08E522}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -3708,51 +3708,51 @@
   </p:extLst>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/committee-for-doctoral-education" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/our-ki/departments-deans-head-of-departments-and-head-of-administration/departmental-group-ki-solna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/professional-services" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/board-of-karolinska-institutet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kiholding.se/en/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/committee-for-higher-education" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/our-ki/departments-deans-head-of-departments-and-head-of-administration/departmental-group-ki-north" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/comparative-medicine/about-us" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/research/research-areas-centres-and-networks/research-centres" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/teaching-and-learning" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/the-faculty-board" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/departments" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/university-management" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/university-management/deans" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/faculty-council" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/university-library" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/internal-audit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/committee-for-research" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/our-ki/departments-deans-head-of-departments-and-head-of-administration/departmental-group-ki-south" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/committee-for-doctoral-education" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/our-ki/departments-deans-head-of-departments-and-head-of-administration/departmental-group-ki-north" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/professional-services" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/board-of-karolinska-institutet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kiholding.se/en/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/committee-for-higher-education" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/departments" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/research/research-areas-centres-and-networks/research-centres" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/university-management/deans" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/teaching-and-learning" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/the-faculty-board" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/our-ki/strategy-2030-creating-karolinska-institutets-future-together/achieving-kis-vision-through-prioritised-focus-areas/establishment-of-riki-2026-2027" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/university-management" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/our-ki/departments-deans-head-of-departments-and-head-of-administration/departmental-group-ki-south" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/faculty-council" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/university-library" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ki.se/en/about-ki/organisation-and-management/internal-audit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/committee-for-research" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://staff.ki.se/our-ki/departments-deans-head-of-departments-and-head-of-administration/departmental-group-ki-solna" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -4662,149 +4662,153 @@
               <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId9"/>
               </a:rPr>
               <a:t>The Committee for Research</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Supporting the President’s strategic work is a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId10"/>
               </a:rPr>
               <a:t>Faculty Council</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>, which guides on issues related to research and education at KI.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId11"/>
+              </a:rPr>
+              <a:t>RIKI</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> will be established as a new </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>organisational</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> unit at KI to bring together KI's core-facilities in a cohesive research infrastructure.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>KI’s core activities of research and education are conducted by </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
-                <a:hlinkClick r:id="rId11"/>
+                <a:hlinkClick r:id="rId12"/>
               </a:rPr>
               <a:t>21 departments </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>organised</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> into three departmental groups:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
-                <a:hlinkClick r:id="rId12"/>
+                <a:hlinkClick r:id="rId13"/>
               </a:rPr>
               <a:t>KI North</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
-                <a:hlinkClick r:id="rId13"/>
+                <a:hlinkClick r:id="rId14"/>
               </a:rPr>
               <a:t>KI Solna</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0"/>
               <a:t> and </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
-                <a:hlinkClick r:id="rId14"/>
+                <a:hlinkClick r:id="rId15"/>
               </a:rPr>
               <a:t>KI South</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Each departmental group is led by a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
-                <a:hlinkClick r:id="rId15"/>
+                <a:hlinkClick r:id="rId16"/>
               </a:rPr>
               <a:t>Dean</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>, who also forms part of the President’s management group.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>KI has various </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
-                <a:hlinkClick r:id="rId16"/>
+                <a:hlinkClick r:id="rId17"/>
               </a:rPr>
               <a:t>research </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0" err="1">
-                <a:hlinkClick r:id="rId16"/>
+                <a:hlinkClick r:id="rId17"/>
               </a:rPr>
               <a:t>centres</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>, each concentrating on a particular research field.</a:t>
-            </a:r>
-[...14 lines deleted...]
-              <a:t> whose head reports to the President.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>The university management includes a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>University Director</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> with overall responsibility for KI’s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId18"/>
               </a:rPr>
               <a:t>Professional Services</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
@@ -10800,51 +10804,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BAE95B-2559-ED1B-6634-A3474D45E63E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F25A6EB3-5C64-4BC3-F7B0-1B6EE2649655}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -10916,51 +10920,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1E5A7778-F154-4AB3-9276-920549E43593}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
@@ -11184,51 +11188,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BA27AD03-ED61-40E0-970C-E13B62139EF9}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -11323,51 +11327,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B9C76F97-4717-491E-A28A-7D10B067C1B0}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
@@ -11565,51 +11569,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4FB474F6-288B-4BA2-ADE9-A82E7EE38C72}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
@@ -11748,51 +11752,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka här för att ändra format</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CB17959F-3BCC-44AA-92BA-1DFA416D5351}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Karolinska Institutet – A medical university</a:t>
             </a:r>
           </a:p>
@@ -12206,51 +12210,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -12656,51 +12660,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1E5A7778-F154-4AB3-9276-920549E43593}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -12951,51 +12955,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -13375,51 +13379,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -13495,51 +13499,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BA27AD03-ED61-40E0-970C-E13B62139EF9}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -13828,51 +13832,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -14112,51 +14116,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4FB474F6-288B-4BA2-ADE9-A82E7EE38C72}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{73E6EECC-44D8-4442-87AA-D47F74CC81A2}" type="slidenum">
@@ -14405,51 +14409,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Karolinska Institutet – A medical university</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CB17959F-3BCC-44AA-92BA-1DFA416D5351}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -14755,51 +14759,51 @@
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -15580,51 +15584,51 @@
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>15 december 2025</a:t>
+              <a:t>21 januari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -17505,51 +17509,51 @@
           <p:cNvPr id="45" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACA8479A-1AA3-4BC9-BEF8-260D849A823D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17678,51 +17682,51 @@
           <p:cNvPr id="8" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECC5285E-1DAD-468A-A902-D8922C96C1EC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -18290,51 +18294,51 @@
           <p:cNvPr id="14" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B64D36C9-7713-4E96-A2CF-CA2F2D0197CA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21705,51 +21709,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F64B1F-D112-42C5-A103-04DD7E6D0983}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C7502F15-62E3-4EE0-90A4-5B9C7BDAA6D7}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BA631E4-D2E0-401E-A107-65CDEBA5D021}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21820,80 +21824,50 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" err="1"/>
               <a:t>Organisational</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" err="1"/>
               <a:t>chart</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9E6B6B0-8802-855F-008D-52387EB79031}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="255983" y="4790351"/>
             <a:ext cx="2371801" cy="171450"/>
           </a:xfrm>
         </p:spPr>
@@ -21925,89 +21899,119 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDF615DB-6517-43DE-B275-C080A3CE7FCC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{933A3FFB-CB80-4D69-9685-0416B87D2329}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BF22697-74DC-4C70-952C-31112ADB84DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Bildobjekt 5" descr="Organisational chart Karolinska Institutet">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD1A9117-B1B0-3780-D4A7-B0602DACD9D5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1700836" y="298088"/>
+            <a:ext cx="5748177" cy="4439769"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2344114854"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -22422,51 +22426,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A198B46-3C86-43CC-A189-A4890CE220AA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{03BB775D-E739-44DA-9F4A-428F61AB299D}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4CBD117-F600-48A1-9BCA-F3E3F6D6D2A9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -22672,51 +22676,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1B1A37D2-BC0D-4BA4-BD84-13B7853BD241}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B194BA2B-2F55-441A-BBF2-28DC4525C51D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -24186,51 +24190,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -24318,51 +24322,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4861103-B878-4155-A7A6-12A3087C9276}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DABA7CA0-F357-45C4-8209-F4A81911C17C}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A25C5F2E-03FD-4932-B7DE-1D47C1202C04}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -25957,51 +25961,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F6E945C1-77BC-4D9B-850F-AC89F16AD521}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -26056,51 +26060,51 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B419EC2-8210-4936-9F5E-E5A4EDA23680}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8949C9C8-C5D7-4801-9B3D-7E29799139CB}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7365A372-EEE0-4FC1-983C-5C14622C348F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -28542,51 +28546,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5BEBE55-F0BF-4C1E-AE32-E00B489B9C83}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F540271A-FA01-4174-A717-4908780DEFB4}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEE57A7F-B9F2-4D64-8FD8-AEDE8D482ABF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -29273,51 +29277,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40B99EA2-31F0-4E67-B419-A7E7F019BA64}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{61AADAC2-47CA-430D-8CBB-13DC0B5F8D04}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66F3B245-DDA1-489D-904E-041F6B01E724}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -29450,51 +29454,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D2AC6AB-8D32-42CC-ADFA-C8F59AAAA69D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{742DF170-58A6-462C-B1B8-F3A9808BDA1A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89F9DB62-AA20-4A57-B66C-CC417F7A9DF6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -30320,51 +30324,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9297CDF1-DD6F-45BB-91C0-4ABA9508C0DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{75E2B207-8AD5-4295-AEB3-79ED3879B6EF}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F549C38B-77B6-4B3B-BFC7-4578D9345178}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -30822,51 +30826,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7527702C-390A-4288-ABC7-D091D30DF15C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9307B84B-7192-4DA7-829C-0EDBC24318B2}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFBB50D6-5222-4355-8648-2CC64AEA14E8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -31306,51 +31310,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A66470DF-5A15-4B56-9039-8F169043532D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{23DFF42C-3259-4CBF-A8E0-BA3A40CAF8CD}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAA5C0F1-B506-464E-9EED-062C39FC150C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -32047,51 +32051,51 @@
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="688940905"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Tabell 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D3A6318-233A-5E6B-1622-1F6EF90BF3CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="611818402"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1636889572"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="352424" y="2067694"/>
           <a:ext cx="5544616" cy="1219200"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{7DF18680-E054-41AD-8BC1-D1AEF772440D}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1512168">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2721609653"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1008112">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -32131,51 +32135,51 @@
                         <a:rPr lang="en-US" sz="800" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>Times Higher Education </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-US" sz="800" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t>World University Rankings </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-US" sz="800" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>2025/2026 (published 2024/2025)</a:t>
+                        <a:t>2025/2026 (published 2025/2026)</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" sz="800" baseline="30000" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                         </a:rPr>
@@ -32291,87 +32295,87 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0"/>
                         <a:t>53</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>13</a:t>
-[...17 lines deleted...]
-                        <a:t>31</a:t>
+                        <a:t>12</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>29</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:solidFill>
+                      <a:srgbClr val="EDF4F4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
+                        <a:t>34</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2904025710"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>Europe rank</a:t>
                       </a:r>
@@ -32387,87 +32391,87 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" b="1" noProof="0" dirty="0"/>
                         <a:t>14</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>6</a:t>
+                        <a:t>5</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>8</a:t>
+                        <a:t>7</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>8</a:t>
+                        <a:t>10</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2384002420"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>EU rank</a:t>
                       </a:r>
@@ -32519,51 +32523,51 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
                         <a:t>2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-GB" sz="800" noProof="0" dirty="0"/>
-                        <a:t>4</a:t>
+                        <a:t>6</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:solidFill>
                       <a:srgbClr val="EDF4F4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="688940905"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="9" name="Tabell 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33CE2EFD-AFF2-9E50-C269-FFE69789DF2F}"/>
@@ -33677,68 +33681,67 @@
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>U</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>pdated</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> 12 </a:t>
+              <a:t> 21 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>January </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...9 lines deleted...]
-              <a:t> 2025</a:t>
+              </a:rPr>
+              <a:t>2026</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2185294757"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -36788,51 +36791,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B08A04F-CD43-4990-9475-F5570C00C2FC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CD778BB7-840E-42E1-A346-97EA15EC8500}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA2723BE-DF5A-4D3E-A404-E4F446899C8D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -37507,51 +37510,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4B25267C-4E51-489A-AF57-735E5A70CE69}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE1A4754-EF4C-702B-E150-D3B2D133B29D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7884368" y="4287366"/>
@@ -38023,51 +38026,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BE0194A-70D6-4B2E-B4B6-80310205B840}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5210E770-2E8E-47DD-AB05-512AFD1FB464}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{484C50F2-F300-4034-ACA1-B7AD16839788}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -38629,51 +38632,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFC54A44-C2AB-4AC2-B7A4-8F7B436722E7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D656B10F-AB4F-4B1A-A04C-CEB9EDC76841}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33857470-F71A-47D7-9949-3D8155D23AB2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -39289,51 +39292,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB214BD2-4871-4552-B7F0-A3203E3A0CD5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4E491A7-A9A9-4ADE-BA7A-2F73048B6CE7}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCB3F5EC-0C51-471E-8667-AA75C15595AD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -39466,51 +39469,51 @@
           <p:cNvPr id="14" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DB2EF4B-409B-4C4B-A50E-490097BC7AE8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>15 December 2025</a:t>
+              <a:t>21 January 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -42559,51 +42562,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Default Theme</Template>
   <TotalTime></TotalTime>
-  <Words>5406</Words>
+  <Words>5414</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildspel på skärmen (16:9)</PresentationFormat>
   <Paragraphs>631</Paragraphs>
   <Slides>29</Slides>
   <Notes>29</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>