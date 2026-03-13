--- v3 (2026-01-29)
+++ v4 (2026-03-13)
@@ -53,59 +53,56 @@
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -349,638 +346,108 @@
     <a:srgbClr val="870052"/>
     <a:srgbClr val="FBABCF"/>
     <a:srgbClr val="F864A7"/>
     <a:srgbClr val="FFA3E7"/>
     <a:srgbClr val="FFCCFF"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
-    <p:restoredTop sz="84087" autoAdjust="0"/>
+    <p:restoredTop sz="78758" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="76" d="100"/>
-          <a:sy n="76" d="100"/>
+          <a:sx n="159" d="100"/>
+          <a:sy n="159" d="100"/>
         </p:scale>
-        <p:origin x="1000" y="276"/>
+        <p:origin x="876" y="92"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="441"/>
         <p:guide pos="221"/>
         <p:guide orient="horz" pos="751"/>
         <p:guide pos="2190"/>
         <p:guide orient="horz" pos="2754"/>
         <p:guide orient="horz" pos="3105"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="120" d="100"/>
           <a:sy n="120" d="100"/>
         </p:scale>
         <p:origin x="1132" y="84"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/></Relationships>
 </file>
 
 <file path=ppt/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
-<file path=ppt/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
-[...524 lines deleted...]
-<file path=ppt/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="sv-SE"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Blad1!$B$1</c:f>
               <c:strCache>
@@ -1643,108 +1110,108 @@
             <c:showLeaderLines val="1"/>
             <c:leaderLines>
               <c:spPr>
                 <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="35000"/>
                       <a:lumOff val="65000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:round/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
             </c:leaderLines>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Blad1!$A$2:$A$10</c:f>
               <c:strCache>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>Direct government funding 40 %</c:v>
+                  <c:v>Direct government funding 41 %</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Research councils 13 %</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Other government agencies 6 %</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Municipalities and county councils 5 %</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Swedish foundations and organisations 19 %</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Foreign foundations and organisations 9 %</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Swedisch companies 2 %</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>Foreign companies 3 %</c:v>
+                  <c:v>Foreign companies 2 %</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Financial income 3 %</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Blad1!$B$2:$B$10</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>40</c:v>
+                  <c:v>41</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>3</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>3</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000012-D51A-4691-896D-BD51E4858863}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="1"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="206"/>
       </c:pieChart>
@@ -1815,607 +1282,51 @@
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
     <a:lumOff val="30000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
     <a:lumOff val="50000"/>
   </cs:variation>
 </cs:colorStyle>
 </file>
 
-<file path=ppt/charts/colors2.xml><?xml version="1.0" encoding="utf-8"?>
-[...38 lines deleted...]
-
 <file path=ppt/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
-<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="227">
-[...514 lines deleted...]
-<file path=ppt/charts/style2.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="259">
   <cs:axisTitle>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="1197" kern="1200" cap="all"/>
   </cs:axisTitle>
   <cs:categoryAxis>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="1197" kern="1200"/>
   </cs:categoryAxis>
@@ -2989,51 +1900,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FE55F06C-14D9-45DF-81A5-F25F8ECA9886}" type="datetimeFigureOut">
               <a:rPr lang="sv-SE" smtClean="0"/>
-              <a:t>2026-01-21</a:t>
+              <a:t>2026-02-25</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FB76FC6-F54A-4120-9B8F-E28E2A08E522}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -3962,51 +2873,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914400" y="4343400"/>
             <a:ext cx="5417288" cy="4114800"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" dirty="0"/>
-              <a:t> 2024 (</a:t>
+              <a:t> 2025 (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>comparative figures for 2023 are shown in parentheses) </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>However, the figures for the number of students and doctoral students are not completely comparable. "Full-time equivalent students" are not individuals but a measure of educational volume (roughly: if we combine all registered students/individuals on different courses and programs who study different number of credits to full-year students, we get this figure), the number of reported "doctoral students" here is however individuals. </a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -4064,111 +2975,153 @@
           <p:cNvPr id="2" name="Platshållare för bildobjekt 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t>Revenue Karolinska Institutet 2024: a total </a:t>
+              <a:t>Revenue Karolinska Institutet 2025: a total </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
-              <a:t> SEK 8,682 </a:t>
+              <a:t> SEK </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>8 650,1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
-              <a:t>million </a:t>
-            </a:r>
+              <a:t>million</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE" sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Divided</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>into</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Direct government funding 40 % </a:t>
+              <a:t>Direct government funding 41 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Research councils 13 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Other government agencies 6 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
@@ -4226,72 +3179,72 @@
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> 9 %</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Swedish companies 2 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Foreign companies 3 % </a:t>
+              <a:t>Foreign companies 2 % </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Financial income 3 %</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
-              <a:t>(Annual Report 2024</a:t>
+              <a:t>(Annual Report 2025</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" i="1" dirty="0"/>
-              <a:t>, page 59</a:t>
+              <a:t>, page 60</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" noProof="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
@@ -4340,51 +3293,51 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
-              <a:t>(Annual Report 2024, page 33)</a:t>
+              <a:t>(Annual Report 2025, page 33)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="sv-SE" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times" charset="0"/>
@@ -4455,51 +3408,51 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för anteckningar 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" i="1" noProof="0" dirty="0"/>
-              <a:t>(Annual Report 2024, page 34-35)</a:t>
+              <a:t>(Annual Report 2025, page 34)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
@@ -4768,91 +3721,104 @@
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>KI has various </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId17"/>
               </a:rPr>
               <a:t>research </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0" err="1">
                 <a:hlinkClick r:id="rId17"/>
               </a:rPr>
               <a:t>centres</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>, each concentrating on a particular research field.</a:t>
             </a:r>
           </a:p>
           <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>The university management includes a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>University Director</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> with overall responsibility for KI’s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId18"/>
               </a:rPr>
               <a:t>Professional Services</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t> and its seven offices. </a:t>
-[...8 lines deleted...]
-          <a:p>
+              <a:t> and its eight offices, including </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId19"/>
               </a:rPr>
               <a:t>The KI University Library</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The heads of the following units report to the University Director: </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId20"/>
               </a:rPr>
               <a:t>Teaching and Learning</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" u="sng" dirty="0">
                 <a:hlinkClick r:id="rId21"/>
               </a:rPr>
               <a:t>Karolinska Institutet Holding AB</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> is a government-owned company managed by KI.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
@@ -9881,119 +8847,122 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>International co-publications </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>2021-2023</a:t>
+              <a:t>2023-2025</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="30000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>The number of academic articles published by KI’s researchers in collaboration with one or more researchers from different parts of the world.</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Every year, KI's researchers publish many scientific articles in collaboration with researchers in other countries. In recent years, international co-publications have accounted for about 75 percent of all articles from KI. During the period 2021–2023, articles were published together with researchers based in approximately 180 different countries. The country with the most co-publications was the United States, closely followed by Great Britain and Germany.</a:t>
+              <a:t>Every year, KI's researchers publish many scientific articles in collaboration with researchers in other countries. In recent years, international co-publications have accounted for about 75 percent of all articles from KI. During the period 2023–2025, articles were published together with researchers based in approximately 180 different countries. The country with the most co-publications was the United States, closely followed by Great Britain and Germany.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0">
                 <a:ea typeface="Times" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2024, page 40</a:t>
+              <a:t>2025, page 39</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sv-SE" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
@@ -10087,60 +9056,75 @@
               <a:spcBef>
                 <a:spcPts val="396"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Annual</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0" err="1"/>
               <a:t>Report</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" i="1" dirty="0"/>
-              <a:t> 2024, page 39</a:t>
+              <a:t> 2025, page 38</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="396"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE" b="0" i="1" u="none" strike="noStrike" kern="1200" baseline="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E4F6DBA7-38D3-4FF9-B176-AA5B07999DDF}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
@@ -10804,51 +9788,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47BAE95B-2559-ED1B-6634-A3474D45E63E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F25A6EB3-5C64-4BC3-F7B0-1B6EE2649655}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -10920,51 +9904,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1E5A7778-F154-4AB3-9276-920549E43593}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för sidfot 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
@@ -11188,51 +10172,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BA27AD03-ED61-40E0-970C-E13B62139EF9}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -11327,51 +10311,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B9C76F97-4717-491E-A28A-7D10B067C1B0}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för sidfot 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
@@ -11569,51 +10553,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4FB474F6-288B-4BA2-ADE9-A82E7EE38C72}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för sidfot 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
@@ -11752,51 +10736,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Klicka här för att ändra format</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CB17959F-3BCC-44AA-92BA-1DFA416D5351}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för sidfot 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Karolinska Institutet – A medical university</a:t>
             </a:r>
           </a:p>
@@ -12210,51 +11194,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7626D6D3-6DAE-403F-85AB-A35BA05568AB}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -12660,51 +11644,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1E5A7778-F154-4AB3-9276-920549E43593}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
@@ -12955,51 +11939,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för datum 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Platshållare för bildnummer 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -13379,51 +12363,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -13499,51 +12483,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BA27AD03-ED61-40E0-970C-E13B62139EF9}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F62672A2-7A6E-4D96-9253-F8CDFE0E8C67}" type="slidenum">
@@ -13832,51 +12816,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
@@ -14116,51 +13100,51 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för datum 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4FB474F6-288B-4BA2-ADE9-A82E7EE38C72}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Platshållare för bildnummer 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{73E6EECC-44D8-4442-87AA-D47F74CC81A2}" type="slidenum">
@@ -14409,51 +13393,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE"/>
               <a:t>Karolinska Institutet – A medical university</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Platshållare för datum 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CB17959F-3BCC-44AA-92BA-1DFA416D5351}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Platshållare för bildnummer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B5C8723E-5A40-4F9A-B83B-0F0B7FEF2706}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -14759,51 +13743,51 @@
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{6B9EE962-D315-4F0C-BE8B-C1B247806B6A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -15584,51 +14568,51 @@
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6FCE75A-EAA4-4123-8930-E04E73635E7B}" type="datetime4">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
-              <a:t>21 januari 2026</a:t>
+              <a:t>25 februari 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="1030" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8299847" y="4788233"/>
             <a:ext cx="685800" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -16101,159 +15085,159 @@
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="1620" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17410" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
@@ -16429,69 +15413,69 @@
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> students</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>6,483</a:t>
+              <a:t>6,743</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(6,517)</a:t>
+              <a:t>(6,483)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="textruta 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85687482-CDCE-8227-D280-F60E4CC1C809}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -16623,69 +15607,69 @@
               <a:rPr lang="sv-SE" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Degrees</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>2,860</a:t>
+              <a:t>2,587</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(2,794)</a:t>
+              <a:t>(2,860)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rektangel 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CB8FEE7-C6FA-2392-0709-3EE31942CCF5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -16793,69 +15777,69 @@
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> students</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>2,230</a:t>
+              <a:t>2,215</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(2,173)</a:t>
+              <a:t>(2,230)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -17028,69 +16012,69 @@
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> (PhD)</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>341</a:t>
+              <a:t>347</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="4800" spc="-300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>(329)</a:t>
+              <a:t>(341)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:endParaRPr lang="sv-SE" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="D40963"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="17" name="Grupp 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{285594F4-A0B1-FB5A-5935-71C95C042CBC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -17509,51 +16493,51 @@
           <p:cNvPr id="45" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACA8479A-1AA3-4BC9-BEF8-260D849A823D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB1F7B37-A9E5-47E7-8D4B-EBE16D957FC5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17682,51 +16666,51 @@
           <p:cNvPr id="8" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECC5285E-1DAD-468A-A902-D8922C96C1EC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{512A169D-C4EA-4CA0-BF26-9754AD72888D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -17820,51 +16804,51 @@
               <a:t>revenue</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="3" name="Diagram 2" descr="Ett diagram som visar KI:s intäkter år 2021, totalt 7 560 mnkr. Intäkterna fördelas på:&#10;Statsanslag 43 % &#10;Forskningsråd 14 % &#10;Övriga statliga 6 % &#10;Kommuner och regioner 5 %  &#10;Svenska stiftelser och organisationer 17 %&#10;Utländska stiftelser och organisationer 8 %&#10;Svenska företag 3 % &#10;Utländska företag 3 %&#10;Finansiella intäkter 1 %">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B9F479-3B5F-CB33-BBF6-06E987152E1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1284394353"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4192563847"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3084512" y="451966"/>
           <a:ext cx="6096000" cy="4064000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2283895708"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
@@ -17892,80 +16876,80 @@
           <p:cNvPr id="6" name="Rubrik 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{386B68A3-2457-4B1D-B25A-852A516AA3AF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="255983" y="339502"/>
             <a:ext cx="7772400" cy="447317"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE" err="1"/>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
               <a:t>External</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0"/>
               <a:t> research </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sv-SE" err="1"/>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
               <a:t>funding</a:t>
             </a:r>
-            <a:endParaRPr lang="sv-SE"/>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="textruta 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FE2B633-8D31-92B0-2B85-1651CA4A6F92}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="280220" y="987574"/>
+            <a:off x="257456" y="987574"/>
             <a:ext cx="6071862" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>10 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>largest</a:t>
             </a:r>
@@ -17987,412 +16971,94 @@
               </a:rPr>
               <a:t> research </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>funding</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>sources</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t> in total 2022-2024, SEK million </a:t>
+              <a:t> in total 2023-2025, SEK million </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0" err="1">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>excluding</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1200" b="0" dirty="0">
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> asset management)</a:t>
             </a:r>
-          </a:p>
-[...316 lines deleted...]
-            <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="2" name="Tabell 8" descr="En tabell som visar de tio största externa bidragsfinansiärerna för KI 2021-2023. Totalt 3 686 miljoner kronor för år 2023. (Förändring 2022-2023 är 5 %).">
+          <p:cNvPr id="5" name="Tabell 8" descr="A table showing the ten largest external funding sources for KI 2023–2025. A total of SEK 3,805 million for 2025. ">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10F420D1-A473-E286-91F4-39EEE88ED902}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3A35E83-86C2-AE15-9855-3B47497C33EC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3881861485"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4063651270"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="349816" y="1533994"/>
           <a:ext cx="6216986" cy="2909964"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2377281">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1682249626"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="705252">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -18455,143 +17121,143 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>2022</a:t>
+                        <a:t>2023</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>2023</a:t>
+                        <a:t>2024</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>2024</a:t>
+                        <a:t>2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
@@ -18601,51 +17267,51 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>Change 2023-2024</a:t>
+                        <a:t>Change 2024-2025</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
@@ -18699,110 +17365,110 @@
                         <a:t>The Swedish Research Council</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>958</a:t>
+                        <a:t>979</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>979</a:t>
+                        <a:t>964</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>964</a:t>
+                        <a:t>893</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
@@ -18810,51 +17476,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>-2 %</a:t>
+                        <a:t>-7 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
@@ -18872,96 +17538,96 @@
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
                         <a:t>European</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t> Union</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>299</a:t>
+                        <a:t>296</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>296</a:t>
+                        <a:t>366</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>366</a:t>
+                        <a:t>394</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -18971,51 +17637,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>24 %</a:t>
+                        <a:t>8 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3736923764"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -19044,96 +17710,96 @@
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>The Swedish Cancer </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
                         <a:t>Society</a:t>
                       </a:r>
                       <a:endParaRPr lang="sv-SE" sz="900" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>279</a:t>
+                        <a:t>326</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>326</a:t>
+                        <a:t>336</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>336</a:t>
+                        <a:t>353</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19143,147 +17809,147 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>3 %</a:t>
+                        <a:t>5 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="189753433"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>The Wallenberg Foundations</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>229</a:t>
+                        <a:t>207</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>207</a:t>
+                        <a:t>241</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>241</a:t>
+                        <a:t>201</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19293,147 +17959,147 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>16 %</a:t>
+                        <a:t>-17 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4255872465"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>Forte</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>148</a:t>
+                        <a:t>161</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>161</a:t>
+                        <a:t>165</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>165</a:t>
+                        <a:t>184</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19443,51 +18109,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>2 %</a:t>
+                        <a:t>12 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4277017575"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -19515,96 +18181,96 @@
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
                         <a:t>Technology</a:t>
                       </a:r>
                       <a:endParaRPr lang="sv-SE" sz="900" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>116</a:t>
+                        <a:t>120</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>120</a:t>
+                        <a:t>124</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>124</a:t>
+                        <a:t>116</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19614,51 +18280,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>3 %</a:t>
+                        <a:t>-6 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1198820540"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -19668,123 +18334,126 @@
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>The Swedish </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
-                        <a:t>Childhood</a:t>
+                        <a:t>Heart</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t> Cancer </a:t>
+                        <a:t> </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
-                        <a:t>Fund</a:t>
+                        <a:t>Lung</a:t>
                       </a:r>
-                      <a:endParaRPr lang="sv-SE" sz="900" dirty="0"/>
-[...13 lines deleted...]
-                      <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>128</a:t>
+                        <a:t> Foundation</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>142</a:t>
+                        <a:t>85</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="accent4"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" dirty="0"/>
+                        <a:t>118</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>118</a:t>
+                        <a:t>115</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19794,51 +18463,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>-17 %</a:t>
+                        <a:t>4 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="392298131"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -19848,126 +18517,123 @@
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>The Swedish </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
-                        <a:t>Heart</a:t>
+                        <a:t>Childhood</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t> </a:t>
+                        <a:t> Cancer </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0" err="1"/>
-                        <a:t>Lung</a:t>
+                        <a:t>Fund</a:t>
                       </a:r>
+                      <a:endParaRPr lang="sv-SE" sz="900" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t> Foundation</a:t>
+                        <a:t>142</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>99</a:t>
-[...17 lines deleted...]
-                        <a:t>85</a:t>
+                        <a:t>111</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>111</a:t>
+                        <a:t>100</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -19977,51 +18643,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>31 %</a:t>
+                        <a:t>-15 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="879538754"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -20045,96 +18711,96 @@
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
                         <a:t>Stockholm County Council</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>90</a:t>
+                        <a:t>94</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>94</a:t>
+                        <a:t>89</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>89</a:t>
+                        <a:t>97</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -20144,147 +18810,147 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>-5 %</a:t>
+                        <a:t>9 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2870487890"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>The Swedish Brain Foundation</a:t>
+                        <a:t>KI - Foundations</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>41</a:t>
+                        <a:t>38</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>47</a:t>
+                        <a:t>55</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>61</a:t>
+                        <a:t>69</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -20294,51 +18960,51 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>30 %</a:t>
+                        <a:t>25 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3036803588"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="213458">
@@ -20355,114 +19021,114 @@
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>1,113</a:t>
+                        <a:t>1,238</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>1,202</a:t>
+                        <a:t>1,298</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>1,292</a:t>
+                        <a:t>1,284</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
@@ -20472,137 +19138,93 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" dirty="0"/>
-                        <a:t>7 %</a:t>
+                        <a:t>-1 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="677143210"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="238260">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
                         <a:t>Total</a:t>
-                      </a:r>
-[...42 lines deleted...]
-                        <a:t>3,516</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
@@ -20657,129 +19279,491 @@
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
                         <a:t>3,867</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:r>
+                        <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
+                        <a:t>3,805</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
+                    <a:lnL w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnL>
+                    <a:lnR w="12700" cmpd="sng">
+                      <a:noFill/>
+                    </a:lnR>
                     <a:lnT w="3175" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="sv-SE" sz="900" b="1" dirty="0"/>
-                        <a:t>5 %</a:t>
+                        <a:t>-2 %</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="85482" marR="85482" marT="42741" marB="42741">
                     <a:lnL w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnL>
                     <a:lnR w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnR>
                     <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cmpd="sng">
                       <a:noFill/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2741288593"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Platshållare för sidfot 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3E352BF-ADE8-352D-7401-D6ACD743339C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7471106" y="4287366"/>
+            <a:ext cx="1277358" cy="228600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="sv-SE"/>
+            </a:defPPr>
+            <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="sv-SE" altLang="sv-SE" sz="600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Source: Unit4 ERP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Platshållare för sidfot 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44D291F1-7C13-04FF-7083-2F5F328961F4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="255983" y="4790351"/>
+            <a:ext cx="2587825" cy="171450"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t>Karolinska Institutet – a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" err="1"/>
+              <a:t>medical</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" err="1"/>
+              <a:t>university</a:t>
+            </a:r>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Platshållare för datum 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B64D36C9-7713-4E96-A2CF-CA2F2D0197CA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
+              <a:rPr lang="en-GB"/>
+              <a:pPr/>
+              <a:t>25 February 2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Platshållare för bildnummer 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
+              <a:rPr lang="sv-SE" smtClean="0"/>
+              <a:pPr/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2680885843"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -21046,51 +20030,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="323528" y="2213679"/>
             <a:ext cx="2732510" cy="1538883"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="6600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>366</a:t>
+              <a:t>394</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>SEK million in </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>revenue</a:t>
             </a:r>
             <a:r>
@@ -21180,51 +20164,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3279650" y="2213679"/>
             <a:ext cx="2732510" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="6600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>233</a:t>
+              <a:t>237</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" spc="-20" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>EU-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" spc="-20" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>funded</a:t>
             </a:r>
             <a:r>
@@ -21268,51 +20252,51 @@
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3131840" y="3726589"/>
             <a:ext cx="3020542" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>In 2024, KI had a total of 233 </a:t>
+              <a:t>In 2025, KI had a total of 237 </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>ongoing EU-funded projects</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="textruta 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9712BE2A-EF70-FFBB-1BD7-5BB681AAAA50}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
@@ -21320,51 +20304,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6087962" y="2213679"/>
             <a:ext cx="2732510" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="6600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>44</a:t>
+              <a:t>52</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ERC </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>projects</a:t>
             </a:r>
             <a:endParaRPr lang="sv-SE" sz="1400" b="1" dirty="0">
@@ -21389,61 +20373,61 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5943946" y="3725619"/>
             <a:ext cx="3020542" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>At the end of 2024, KI </a:t>
+              <a:t>At the end of 2025, KI </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>participated in 44 European </a:t>
+              <a:t>participated in 52 European </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Research Council (ERC) projects</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="37" name="Bild 36">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F877664-DC86-57C3-8EC6-99E69E766E09}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -21484,51 +20468,51 @@
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7113984" y="1324947"/>
+            <a:off x="7041786" y="1324947"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="39" name="Bild 38">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AFA8A0F-73C0-3942-08BB-A6E81E1B597C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
@@ -21709,51 +20693,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F64B1F-D112-42C5-A103-04DD7E6D0983}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C7502F15-62E3-4EE0-90A4-5B9C7BDAA6D7}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BA631E4-D2E0-401E-A107-65CDEBA5D021}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -21899,51 +20883,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDF615DB-6517-43DE-B275-C080A3CE7FCC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{933A3FFB-CB80-4D69-9685-0416B87D2329}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BF22697-74DC-4C70-952C-31112ADB84DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -22426,51 +21410,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A198B46-3C86-43CC-A189-A4890CE220AA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{03BB775D-E739-44DA-9F4A-428F61AB299D}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4CBD117-F600-48A1-9BCA-F3E3F6D6D2A9}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -22676,51 +21660,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1B1A37D2-BC0D-4BA4-BD84-13B7853BD241}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B194BA2B-2F55-441A-BBF2-28DC4525C51D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -23340,53 +22324,54 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rubrik 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3DA54B4-FF3C-4BAC-9844-DD48C4488943}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sv-SE"/>
+              <a:rPr lang="sv-SE" dirty="0" err="1"/>
               <a:t>Education</a:t>
             </a:r>
+            <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="26" name="Bildobjekt 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34CEDFB9-662E-482A-80B2-4A19ED9D7C0C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
@@ -23738,63 +22723,66 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60C3EF69-89E1-0681-55F2-1469393E634D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5853476" y="3093252"/>
             <a:ext cx="3644740" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr defTabSz="714375">
               <a:lnSpc>
                 <a:spcPts val="1200"/>
               </a:lnSpc>
+              <a:tabLst>
+                <a:tab pos="735013" algn="l"/>
+              </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="sv-SE" sz="6000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>32</a:t>
+              <a:t>31</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>postgraduate</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
@@ -23854,58 +22842,58 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5853476" y="4050551"/>
             <a:ext cx="4105293" cy="427618"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPts val="1200"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sv-SE" sz="6000" b="1" spc="-300" dirty="0">
+              <a:rPr lang="sv-SE" sz="6000" b="1" spc="-200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>98</a:t>
+              <a:t>110</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>freestanding</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
@@ -24190,51 +23178,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -24322,51 +23310,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4861103-B878-4155-A7A6-12A3087C9276}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DABA7CA0-F357-45C4-8209-F4A81911C17C}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A25C5F2E-03FD-4932-B7DE-1D47C1202C04}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -25961,51 +24949,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D274555C-1B9D-4C47-8461-AC9A65DF9678}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F6E945C1-77BC-4D9B-850F-AC89F16AD521}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7F030A-EBBE-4EC3-A409-4D2F50121E28}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -26060,51 +25048,51 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B419EC2-8210-4936-9F5E-E5A4EDA23680}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{8949C9C8-C5D7-4801-9B3D-7E29799139CB}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7365A372-EEE0-4FC1-983C-5C14622C348F}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -28546,51 +27534,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5BEBE55-F0BF-4C1E-AE32-E00B489B9C83}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F540271A-FA01-4174-A717-4908780DEFB4}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEE57A7F-B9F2-4D64-8FD8-AEDE8D482ABF}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -29277,51 +28265,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40B99EA2-31F0-4E67-B419-A7E7F019BA64}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{61AADAC2-47CA-430D-8CBB-13DC0B5F8D04}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66F3B245-DDA1-489D-904E-041F6B01E724}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -29454,51 +28442,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D2AC6AB-8D32-42CC-ADFA-C8F59AAAA69D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{742DF170-58A6-462C-B1B8-F3A9808BDA1A}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89F9DB62-AA20-4A57-B66C-CC417F7A9DF6}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -30324,51 +29312,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9297CDF1-DD6F-45BB-91C0-4ABA9508C0DA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{75E2B207-8AD5-4295-AEB3-79ED3879B6EF}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F549C38B-77B6-4B3B-BFC7-4578D9345178}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -30826,51 +29814,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7527702C-390A-4288-ABC7-D091D30DF15C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9307B84B-7192-4DA7-829C-0EDBC24318B2}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFBB50D6-5222-4355-8648-2CC64AEA14E8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -31310,51 +30298,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A66470DF-5A15-4B56-9039-8F169043532D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{23DFF42C-3259-4CBF-A8E0-BA3A40CAF8CD}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAA5C0F1-B506-464E-9EED-062C39FC150C}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -36791,51 +35779,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B08A04F-CD43-4990-9475-F5570C00C2FC}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CD778BB7-840E-42E1-A346-97EA15EC8500}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA2723BE-DF5A-4D3E-A404-E4F446899C8D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -37510,51 +36498,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA648B8-A9B0-4253-81B1-66C4F7CEF8FE}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4B25267C-4E51-489A-AF57-735E5A70CE69}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE1A4754-EF4C-702B-E150-D3B2D133B29D}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7884368" y="4287366"/>
@@ -38026,51 +37014,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BE0194A-70D6-4B2E-B4B6-80310205B840}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5210E770-2E8E-47DD-AB05-512AFD1FB464}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{484C50F2-F300-4034-ACA1-B7AD16839788}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -38632,51 +37620,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFC54A44-C2AB-4AC2-B7A4-8F7B436722E7}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D656B10F-AB4F-4B1A-A04C-CEB9EDC76841}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33857470-F71A-47D7-9949-3D8155D23AB2}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -39292,51 +38280,51 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB214BD2-4871-4552-B7F0-A3203E3A0CD5}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B4E491A7-A9A9-4ADE-BA7A-2F73048B6CE7}" type="datetime4">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCB3F5EC-0C51-471E-8667-AA75C15595AD}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -39469,123 +38457,95 @@
           <p:cNvPr id="14" name="Platshållare för datum 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DB2EF4B-409B-4C4B-A50E-490097BC7AE8}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{36565684-E7E3-4FFE-89FD-C517DFAF7807}" type="datetime4">
               <a:rPr lang="en-GB"/>
               <a:pPr/>
-              <a:t>21 January 2026</a:t>
+              <a:t>25 February 2026</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Platshållare för bildnummer 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B17BDD64-4A43-4924-9187-7D923D66192B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{15859C56-CB7E-413F-8971-4226A1EF6823}" type="slidenum">
               <a:rPr lang="sv-SE" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="sv-SE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:graphicFrame>
-[...1 lines deleted...]
-          <p:cNvPr id="6" name="Diagram 5" descr="I diagrammet visas medelvärdet per år av den fältnormerade citeringsgraden för alla artiklar från KI. Detta ställs i diagrammet i relation till motsvarande Cf-värde för EU:s 27 medlemsländer (EU27) och Storbritannien. KI:s citeringsgrad ligger på en nivå som överstiger motsvarande värde för EU27 och Storbritannien. ">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Platshållare för sidfot 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{572697CE-6095-911B-CDA9-B3BE11A6E70D}"/>
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7FCA391-778A-EBFA-4BE4-E4F04FA76E1E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20A7F313-5EFD-0DCD-94A7-B15904AA897A}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm rot="16200000">
             <a:off x="6249999" y="2433127"/>
             <a:ext cx="4559866" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
@@ -39734,51 +38694,51 @@
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Indikatorer av typen fältnormerad citeringsgrad kräver en viss volym på publikationer och citeringar för att bli statistiskt signifikanta. Publikationer från 2024 har ännu fått relativt få citeringar och kan därför inte anses utgöra stabila och tillförlitliga resultat och har därför exkluderats från ovanstående figur. </a:t>
+              <a:t>Indikatorer av typen fältnormerad citeringsgrad kräver en viss volym på publikationer och citeringar för att bli statistiskt signifikanta. Publikationer från 2025 har ännu fått relativt få citeringar och kan därför inte anses utgöra stabila och tillförlitliga resultat och har därför exkluderats från ovanstående figur. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Certain</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> data </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
@@ -39824,69 +38784,69 @@
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>derived</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t> from the © Web </a:t>
+              <a:t> from the© Web </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t> Science 2024 </a:t>
+              <a:t> Science 2026 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
@@ -40302,50 +39262,249 @@
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Library</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sv-SE" sz="600" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="DM Sans" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="sv-SE" sz="600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Bildobjekt 7" descr="The diagram shows the average value per year of the field-standardized citation rate for all articles from KI. This is set in the diagram in relation to the corresponding Cf value for the EU's 27 member states (EU27) and Great Britain. KI's citation rate is at a level that exceeds the corresponding value for the EU27 and Great Britain.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2BE95B7-5772-9A84-04D1-77C34D54AC12}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="362824" y="1209126"/>
+            <a:ext cx="5433312" cy="3439970"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="textruta 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DEB8F6E-B81C-F2B0-CCFE-F53B0F3CDE42}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6283052" y="1971586"/>
+            <a:ext cx="2359695" cy="600164"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Field-normalised</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> citation score</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="sv-SE" sz="1100" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>EU27 and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Great</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1100" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> Britain</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="10" name="Rak koppling 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4CFF40E-19E7-2FCE-1E0D-59D1098EE58D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5974060" y="2096159"/>
+            <a:ext cx="288032" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="11" name="Rak koppling 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE6A8131-F8CD-57C0-604A-B2DF8F1D6E57}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5974060" y="2427734"/>
+            <a:ext cx="288032" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2943574836"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -42562,54 +41721,54 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Default Theme</Template>
   <TotalTime></TotalTime>
-  <Words>5414</Words>
+  <Words>5434</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildspel på skärmen (16:9)</PresentationFormat>
-  <Paragraphs>631</Paragraphs>
+  <Paragraphs>643</Paragraphs>
   <Slides>29</Slides>
   <Notes>29</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Använt teckensnitt</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Bildrubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>29</vt:i4>
       </vt:variant>