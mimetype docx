--- v0 (2025-10-08)
+++ v1 (2026-02-12)
@@ -5,4151 +5,3655 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="1C051BF3" w14:textId="171CC5A5" w:rsidR="0082772D" w:rsidRPr="00305872" w:rsidRDefault="0082772D" w:rsidP="0082772D">
+      <w:pPr>
+        <w:pStyle w:val="text"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9862" w:type="dxa"/>
-[...6 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="10387" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="111"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="758"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="1299"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="866"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="1732"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001515D8" w:rsidRPr="00531F1F" w14:paraId="004EAD21" w14:textId="77777777" w:rsidTr="00484E9C">
+      <w:tr w:rsidR="00EA414D" w14:paraId="08E335B8" w14:textId="77777777">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...3 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4449" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5193" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2201B67D" w14:textId="77777777" w:rsidR="001515D8" w:rsidRDefault="008A7ABA" w:rsidP="00226B76">
+          <w:p w14:paraId="31F6820B" w14:textId="77777777" w:rsidR="00EA414D" w:rsidRDefault="00D0091C" w:rsidP="0082772D">
             <w:pPr>
-              <w:pStyle w:val="Sidhuvud"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:pStyle w:val="text"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:caps/>
               </w:rPr>
-              <w:pict w14:anchorId="44078EFA">
+              <w:pict w14:anchorId="2974E672">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:146.3pt;height:57.6pt">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:146.15pt;height:58.05pt">
                   <v:imagedata r:id="rId8" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
-        </w:tc>
-[...18 lines deleted...]
-          <w:p w14:paraId="60F9EE41" w14:textId="77777777" w:rsidR="002047BF" w:rsidRDefault="00867104" w:rsidP="003A22E9">
+          <w:p w14:paraId="0FABAA6C" w14:textId="7A846A0A" w:rsidR="00EA414D" w:rsidRDefault="00EA414D">
             <w:pPr>
               <w:pStyle w:val="Adresstext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
+                <w:color w:val="215E99"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00867104">
-[...43 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="6F362AD2" w14:textId="77777777" w:rsidR="001515D8" w:rsidRPr="00F91FE4" w:rsidRDefault="002047BF" w:rsidP="003A22E9">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5194" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E4F28D" w14:textId="77777777" w:rsidR="00EA414D" w:rsidRDefault="00EA414D">
             <w:pPr>
               <w:pStyle w:val="Adresstext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="215E99"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F91FE4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="215E99"/>
                 <w:sz w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>– from KPK</w:t>
+              <w:t xml:space="preserve">Application for funding of freestanding* doctoral courses </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C15BA1F" w14:textId="77777777" w:rsidR="00BE1C13" w:rsidRPr="00C95730" w:rsidRDefault="002047BF" w:rsidP="003A22E9">
+          <w:p w14:paraId="1B653753" w14:textId="77777777" w:rsidR="003274EF" w:rsidRDefault="00EA414D">
             <w:pPr>
               <w:pStyle w:val="Adresstext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:b/>
+                <w:color w:val="215E99"/>
+                <w:sz w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>*</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00D96240" w:rsidRPr="00C95730">
+              <w:t>– from KPK</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>not</w:t>
-[...45 lines deleted...]
-              <w:t>s</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3891E63E" w14:textId="77777777" w:rsidR="00A7016F" w:rsidRPr="00C95730" w:rsidRDefault="00A7016F" w:rsidP="003A22E9">
+          <w:p w14:paraId="754E56F7" w14:textId="37D25720" w:rsidR="00EA414D" w:rsidRDefault="00EA414D">
             <w:pPr>
               <w:pStyle w:val="Adresstext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>*not included in any of KI’s doctoral programmes</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="503AAE17" w14:textId="77777777" w:rsidR="00531F1F" w:rsidRPr="00C95730" w:rsidRDefault="00531F1F" w:rsidP="00A7016F">
+          <w:p w14:paraId="596B36FE" w14:textId="77777777" w:rsidR="00EA414D" w:rsidRDefault="00EA414D">
             <w:pPr>
               <w:pStyle w:val="Adresstext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C95730">
-[...32 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="763592D3" w14:textId="77777777" w:rsidR="001515D8" w:rsidRPr="00C67A7B" w:rsidRDefault="002864C6" w:rsidP="0013741E">
+          <w:p w14:paraId="099DE191" w14:textId="53AFBAE6" w:rsidR="00EA414D" w:rsidRDefault="00EA414D">
             <w:pPr>
               <w:pStyle w:val="Adresstext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6804"/>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C95730">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>S</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00C95730">
+              <w:t>Application concerns a course to be run in</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB7E2D" w14:paraId="56AD6EC7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03EF7E35" w14:textId="23ADAD98" w:rsidR="00EA414D" w:rsidRPr="008A0EA9" w:rsidRDefault="00EA414D" w:rsidP="0082772D">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69AF4402" w14:textId="03C1E2B1" w:rsidR="00EA414D" w:rsidRPr="008A0EA9" w:rsidRDefault="00EA414D" w:rsidP="0082772D">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48040F72" w14:textId="424316A6" w:rsidR="00EA414D" w:rsidRPr="008A0EA9" w:rsidRDefault="00EA414D" w:rsidP="0082772D">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED16998" w14:textId="77777777" w:rsidR="00EA414D" w:rsidRPr="008A0EA9" w:rsidRDefault="00EA414D" w:rsidP="0082772D">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4831EB3E" w14:textId="58E958CA" w:rsidR="00EA414D" w:rsidRDefault="00EA414D" w:rsidP="0082772D">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="Kryss3"/>
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00C95730">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00C95730">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00C95730">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00C95730">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="0093281F" w:rsidRPr="00C95730">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...41 lines deleted...]
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00B12DD8">
+              <w:t xml:space="preserve"> Spring</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1A73ED" w14:textId="2FF8D343" w:rsidR="00EA414D" w:rsidRDefault="00EA414D" w:rsidP="0082772D">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Kryss4"/>
+                  <w:name w:val="Kryss5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Kryss4"/>
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00B12DD8">
+            <w:bookmarkStart w:id="0" w:name="Kryss5"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00B12DD8">
+            <w:r w:rsidR="001038D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00B12DD8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00B12DD8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidR="0093281F">
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0013741E">
+              <w:t xml:space="preserve"> Autumn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F1012C8" w14:textId="3675C9F7" w:rsidR="00EA414D" w:rsidRDefault="00EA414D" w:rsidP="0082772D">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...17 lines deleted...]
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00B12DD8">
+              <w:t xml:space="preserve">Year </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text8"/>
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00B12DD8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00B12DD8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00B12DD8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="009655CB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="009655CB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="009655CB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="009655CB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="009655CB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00C67A7B" w:rsidRPr="00B12DD8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00316427" w:rsidRPr="00531F1F" w14:paraId="782089D1" w14:textId="77777777" w:rsidTr="00420D4B">
+      <w:tr w:rsidR="00A8725A" w14:paraId="1EF36497" w14:textId="77777777">
         <w:trPr>
-          <w:gridBefore w:val="2"/>
-[...3 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9467" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="10387" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="655483DB" w14:textId="77777777" w:rsidR="00316427" w:rsidRDefault="00316427" w:rsidP="00754C67">
+          <w:p w14:paraId="7E33A950" w14:textId="4D4D789D" w:rsidR="00A8725A" w:rsidRPr="008A0EA9" w:rsidRDefault="00A8725A" w:rsidP="0082772D">
             <w:pPr>
               <w:pStyle w:val="text"/>
-              <w:ind w:left="-71"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00754C67">
+            <w:r w:rsidRPr="008A0EA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
-            <w:r w:rsidR="00316427" w:rsidRPr="00420D4B">
+            <w:r w:rsidRPr="008A0EA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...79 lines deleted...]
-              <w:tab/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>: If the course has been arranged before, the application can include both spring and autumn semester (same calendar year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E50558" w:rsidRPr="00D6465B" w14:paraId="299EAF21" w14:textId="77777777" w:rsidTr="00A10DCF">
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009A7BF1" w:rsidRPr="00C51982" w14:paraId="5D385164" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2596" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="135421C5" w14:textId="77777777" w:rsidR="00E50558" w:rsidRPr="00D6465B" w:rsidRDefault="00E50558" w:rsidP="009B73EE">
+          <w:p w14:paraId="37A55A0B" w14:textId="77777777" w:rsidR="009A7BF1" w:rsidRDefault="009A7BF1" w:rsidP="0082772D">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:pStyle w:val="text"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D6465B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Course number: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6694" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7791" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA04C60" w14:textId="77777777" w:rsidR="00E50558" w:rsidRPr="00D6465B" w:rsidRDefault="00E50558" w:rsidP="009B73EE">
+          <w:p w14:paraId="345C8A74" w14:textId="764C191A" w:rsidR="009A7BF1" w:rsidRDefault="009A7BF1" w:rsidP="0082772D">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:pStyle w:val="text"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D6465B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Course title: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F1160" w:rsidRPr="00D6465B" w14:paraId="5A42CD38" w14:textId="77777777" w:rsidTr="00A10DCF">
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009A7BF1" w14:paraId="4E717A30" w14:textId="77777777">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2596" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47B15DEE" w14:textId="77777777" w:rsidR="001F1160" w:rsidRPr="00D6465B" w:rsidRDefault="001F1160" w:rsidP="00843408">
+          <w:p w14:paraId="2C01B59D" w14:textId="6DE741CA" w:rsidR="009A7BF1" w:rsidRDefault="009A7BF1" w:rsidP="003274EF">
             <w:pPr>
+              <w:pStyle w:val="text"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D6465B">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="008A0EA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Credits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Text9"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7791" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E299829" w14:textId="77777777" w:rsidR="00C51982" w:rsidRDefault="009A7BF1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3176"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>Min/max number of doctoral students/KI post docs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D48744" w14:textId="3DBEDCCE" w:rsidR="009A7BF1" w:rsidRDefault="009A7BF1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3176"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Request for conditional minimum number</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Fotnotsreferens"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:footnoteReference w:id="1"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07F1485B" w14:textId="42095580" w:rsidR="009A7BF1" w:rsidRPr="008A0EA9" w:rsidRDefault="009A7BF1">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3176"/>
+              </w:tabs>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0EA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Maximum number (if there is an upper limit):</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A0EA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="008A0EA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA414D" w14:paraId="31CC1C2E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10387" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA4F15B" w14:textId="41ED648A" w:rsidR="00EA414D" w:rsidRDefault="00EA414D" w:rsidP="0082772D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Application details</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA414D" w14:paraId="40BCEDD4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7947C3EA" w14:textId="77777777" w:rsidR="00EA414D" w:rsidRDefault="00EA414D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>Number of course occasions applied for:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="636F427C" w14:textId="77777777" w:rsidR="00EA414D" w:rsidRDefault="00EA414D">
+            <w:pPr>
+              <w:pStyle w:val="text"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1740"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">spring: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00F91D68" w:rsidRPr="00D6465B">
-[...199 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">autumn: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="001F1160" w:rsidRPr="00062EFF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F1160" w:rsidRPr="00062EFF">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001F1160" w:rsidRPr="00062EFF">
-[...288 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4178" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5194" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32EAACA4" w14:textId="77777777" w:rsidR="006D769D" w:rsidRDefault="006D769D" w:rsidP="00DE15B8">
+          <w:p w14:paraId="3F226EB0" w14:textId="4E77C28C" w:rsidR="00EA414D" w:rsidRDefault="00EA414D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D6465B">
-[...9 lines deleted...]
-              <w:t>previously</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>The course has been arranged previously</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FEDECB6" w14:textId="77777777" w:rsidR="006D769D" w:rsidRPr="00D6465B" w:rsidRDefault="006D769D" w:rsidP="00DE15B8">
+          <w:p w14:paraId="13445D53" w14:textId="6E8042DA" w:rsidR="00EA414D" w:rsidRDefault="003274EF" w:rsidP="0082772D">
             <w:pPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D6465B">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA414D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA414D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Kryss4"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA414D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D769D" w:rsidRPr="00D6465B" w14:paraId="251F793B" w14:textId="77777777" w:rsidTr="006D769D">
+      <w:tr w:rsidR="0082772D" w14:paraId="0F1E36D8" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="544"/>
+          <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9109" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10387" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE4043A" w14:textId="77777777" w:rsidR="006D769D" w:rsidRPr="003B57E4" w:rsidRDefault="003B57E4" w:rsidP="00DE15B8">
+          <w:p w14:paraId="0CC2E015" w14:textId="05AA6ABA" w:rsidR="0082772D" w:rsidRDefault="0082772D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B57E4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>I r</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">:  </w:t>
+              <w:t>I request the following funding (choose one):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C82EB5A" w14:textId="77777777" w:rsidR="00111B2C" w:rsidRDefault="006D769D" w:rsidP="00DE15B8">
+          <w:p w14:paraId="16D91D01" w14:textId="77777777" w:rsidR="00A8725A" w:rsidRDefault="0082772D" w:rsidP="0082772D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Standard amount </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(for courses up to 3 hp, see chart below)</w:t>
             </w:r>
-            <w:r w:rsidR="00111B2C">
-[...17 lines deleted...]
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Per course occasion: </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
-[...34 lines deleted...]
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SEK</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="754320A1" w14:textId="77777777" w:rsidR="00A8725A" w:rsidRDefault="0082772D" w:rsidP="0082772D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Budget </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">(other than standard amount </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>(other than standard amount / above 3 hp)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Fotnotsreferens"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+              <w:footnoteReference w:id="2"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> above 3 </w:t>
-[...31 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00111B2C">
-[...17 lines deleted...]
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Per course occasion: </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
-[...34 lines deleted...]
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SEK</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B1B429F" w14:textId="3EB9B435" w:rsidR="0082772D" w:rsidRDefault="0082772D" w:rsidP="0082772D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amount per KI doctoral student/ postdoc </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(for</w:t>
-[...49 lines deleted...]
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+              <w:t xml:space="preserve">(for courses in collaborations, with co-funding): </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
-[...34 lines deleted...]
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00111B2C" w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> SEK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="258BC413" w14:textId="77777777" w:rsidR="00111B2C" w:rsidRDefault="00111B2C" w:rsidP="00DE15B8">
+          <w:p w14:paraId="4FD7A20E" w14:textId="77777777" w:rsidR="0082772D" w:rsidRDefault="0082772D" w:rsidP="0082772D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7DEDC159" w14:textId="77777777" w:rsidR="006D769D" w:rsidRPr="00D6465B" w:rsidRDefault="00111B2C" w:rsidP="00DE15B8">
+          <w:p w14:paraId="1A782B34" w14:textId="1E70DA31" w:rsidR="0082772D" w:rsidRDefault="0082772D">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00444D09">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Total requested amount</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00444D09">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00444D09">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00444D09">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00444D09">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00444D09">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00444D09">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00444D09">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00444D09">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00444D09">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00444D09">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00444D09">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> SEK</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D769D" w:rsidRPr="00D6465B" w14:paraId="1F2A00CB" w14:textId="77777777" w:rsidTr="006D769D">
+      <w:tr w:rsidR="0082772D" w14:paraId="7682685C" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1397"/>
+          <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9109" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10387" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="437A96B0" w14:textId="77777777" w:rsidR="006D769D" w:rsidRPr="00D6465B" w:rsidRDefault="003B57E4" w:rsidP="003B57E4">
+          <w:p w14:paraId="262EEFC5" w14:textId="77777777" w:rsidR="00F35262" w:rsidRDefault="0082772D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">My course has applied for/been granted </w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">other </w:t>
-[...29 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+              <w:t>My course has applied for/been granted other co-funding:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11F71BB3" w14:textId="68B5EC16" w:rsidR="0082772D" w:rsidRDefault="0082772D">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>Applied for:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
-[...34 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
-[...17 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SEK from </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
-[...34 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50F3B800" w14:textId="77777777" w:rsidR="006D769D" w:rsidRPr="00D6465B" w:rsidRDefault="003B57E4" w:rsidP="003B57E4">
+          <w:p w14:paraId="4FEE5FB1" w14:textId="77E826D5" w:rsidR="0082772D" w:rsidRDefault="0082772D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
-              <w:t>G</w:t>
-[...19 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+              <w:t>Granted:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
-[...34 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
-[...17 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SEK from </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
-[...34 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30E6BE94" w14:textId="77777777" w:rsidR="006D769D" w:rsidRPr="00D6465B" w:rsidRDefault="009B2C64" w:rsidP="003B57E4">
+          <w:p w14:paraId="4A4FE7F4" w14:textId="575F0052" w:rsidR="0082772D" w:rsidRDefault="0082772D">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
-              <w:t>C</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+              <w:t xml:space="preserve">Comments regarding co-funding: </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
-[...34 lines deleted...]
-            <w:r w:rsidR="006D769D" w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">          </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...52 lines deleted...]
-      <w:tr w:rsidR="00785CD6" w:rsidRPr="00D6465B" w14:paraId="40A6F1F8" w14:textId="77777777" w:rsidTr="00453019">
+      <w:tr w:rsidR="00A8725A" w14:paraId="6EB188D2" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:tcW w:w="10387" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="136804F5" w14:textId="77777777" w:rsidR="00785CD6" w:rsidRPr="00D6465B" w:rsidRDefault="00785CD6" w:rsidP="00F87AD6">
+          <w:p w14:paraId="7DC0F630" w14:textId="6C7D09B7" w:rsidR="00A8725A" w:rsidRDefault="00A8725A">
             <w:pPr>
-              <w:pStyle w:val="Sidhuvud"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Funding according to standard (SEK, INDI included)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00116432" w14:paraId="67582939" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C88251A" w14:textId="48B98C6B" w:rsidR="00116432" w:rsidRDefault="00116432">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1892EB25" w14:textId="77777777" w:rsidR="00785CD6" w:rsidRPr="00D6465B" w:rsidRDefault="00785CD6" w:rsidP="00F87AD6">
+          <w:p w14:paraId="7CCA9758" w14:textId="114CBE30" w:rsidR="00116432" w:rsidRDefault="00116432">
             <w:pPr>
-              <w:pStyle w:val="Sidhuvud"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>1.5hp</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1,5 hp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5753B080" w14:textId="77777777" w:rsidR="00785CD6" w:rsidRPr="00D6465B" w:rsidRDefault="00785CD6" w:rsidP="00F87AD6">
+          <w:p w14:paraId="6572273D" w14:textId="01771BAD" w:rsidR="00116432" w:rsidRDefault="00116432">
             <w:pPr>
-              <w:pStyle w:val="Sidhuvud"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="24"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>3hp</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3 hp</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785CD6" w:rsidRPr="005A1EEA" w14:paraId="41888C5C" w14:textId="77777777" w:rsidTr="00453019">
+      <w:tr w:rsidR="00FC531B" w14:paraId="10C6413A" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="435"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:tcW w:w="5193" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F9D9E45" w14:textId="77777777" w:rsidR="00785CD6" w:rsidRPr="00D6465B" w:rsidRDefault="00785CD6" w:rsidP="00F87AD6">
+          <w:p w14:paraId="6202219C" w14:textId="58F9CDDD" w:rsidR="00FC531B" w:rsidRDefault="00FC531B">
             <w:pPr>
-              <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA48A7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Compulsory courses according to general syllabus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CCD9B7A" w14:textId="77777777" w:rsidR="00785CD6" w:rsidRPr="00785CD6" w:rsidRDefault="00984954" w:rsidP="00F87AD6">
+          <w:p w14:paraId="728E603E" w14:textId="45485261" w:rsidR="00FC531B" w:rsidRDefault="00FC531B">
             <w:pPr>
-              <w:pStyle w:val="Sidhuvud"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:t> 000</w:t>
+              </w:rPr>
+              <w:t>85 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36D26C11" w14:textId="77777777" w:rsidR="00785CD6" w:rsidRPr="00785CD6" w:rsidRDefault="00785CD6" w:rsidP="00F87AD6">
+          <w:p w14:paraId="00106A2F" w14:textId="3FCACD20" w:rsidR="00FC531B" w:rsidRDefault="00D0091C">
             <w:pPr>
-              <w:pStyle w:val="Sidhuvud"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00785CD6">
-[...19 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>170</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC531B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00785CD6" w:rsidRPr="005A1EEA" w14:paraId="40FD0E53" w14:textId="77777777" w:rsidTr="00453019">
+      <w:tr w:rsidR="00FC531B" w14:paraId="6D50962D" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="435"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:tcW w:w="5193" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E7D8A80" w14:textId="77777777" w:rsidR="00785CD6" w:rsidRDefault="00785CD6" w:rsidP="00F87AD6">
+          <w:p w14:paraId="451535CA" w14:textId="2638A023" w:rsidR="00FC531B" w:rsidRDefault="00FC531B">
             <w:pPr>
-              <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA48A7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Optional courses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21372B9D" w14:textId="77777777" w:rsidR="00785CD6" w:rsidRPr="00785CD6" w:rsidRDefault="00984954" w:rsidP="00F87AD6">
+          <w:p w14:paraId="0E016F91" w14:textId="3AEF4A2E" w:rsidR="00FC531B" w:rsidRDefault="00D0091C">
             <w:pPr>
-              <w:pStyle w:val="Sidhuvud"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:t>5 000</w:t>
+              </w:rPr>
+              <w:t>75 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C90FB14" w14:textId="77777777" w:rsidR="00785CD6" w:rsidRPr="00785CD6" w:rsidRDefault="00785CD6" w:rsidP="00F87AD6">
+          <w:p w14:paraId="51CAD4BF" w14:textId="499D448F" w:rsidR="00FC531B" w:rsidRDefault="00FC531B">
             <w:pPr>
-              <w:pStyle w:val="Sidhuvud"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00785CD6">
-[...21 lines deleted...]
-              <w:t>0 000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>150 0</w:t>
+            </w:r>
+            <w:r w:rsidR="003274EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...41 lines deleted...]
-      <w:tr w:rsidR="00A10DCF" w:rsidRPr="00D6465B" w14:paraId="3C309D71" w14:textId="77777777" w:rsidTr="006D769D">
+      <w:tr w:rsidR="00A8725A" w14:paraId="49906E20" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9109" w:type="dxa"/>
+            <w:tcW w:w="10387" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D727CF5" w14:textId="77777777" w:rsidR="00A10DCF" w:rsidRPr="00D6465B" w:rsidRDefault="00A10DCF" w:rsidP="00DE15B8">
+          <w:p w14:paraId="091A1B27" w14:textId="445362AF" w:rsidR="00A8725A" w:rsidRDefault="00A8725A">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Approval</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8725A" w14:paraId="59BA236F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10387" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242FD2E3" w14:textId="4ED61A2A" w:rsidR="00A8725A" w:rsidRDefault="00A8725A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kryss3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The Head of department (</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>prefekt</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) at KI </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">.  </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (name) has approved the appointed course director as well as the examiner of the course and guaranteed that administrative support for Ladok is provided by the department.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A10DCF" w:rsidRPr="00D6465B" w14:paraId="2B267998" w14:textId="77777777" w:rsidTr="006D769D">
+      <w:tr w:rsidR="00A8725A" w14:paraId="0BB07234" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9109" w:type="dxa"/>
+            <w:tcW w:w="10387" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3014DB1B" w14:textId="77777777" w:rsidR="00A10DCF" w:rsidRPr="00D6465B" w:rsidRDefault="00A10DCF" w:rsidP="00DE15B8">
+          <w:p w14:paraId="57FB3499" w14:textId="77777777" w:rsidR="00A8725A" w:rsidRDefault="00A8725A">
             <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
-              <w:t>The</w:t>
-[...55 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+              <w:t>The department’s Head of Administration (AC) to be informed about the upcoming decision:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F6E75F8" w14:textId="3A5B3489" w:rsidR="00A8725A" w:rsidRDefault="00A8725A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (name)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...41 lines deleted...]
-      <w:tr w:rsidR="00245140" w:rsidRPr="00D6465B" w14:paraId="1517848E" w14:textId="77777777" w:rsidTr="00245140">
+      <w:tr w:rsidR="00A8725A" w14:paraId="1F60599F" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="10387" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8DE04C" w14:textId="77777777" w:rsidR="00245140" w:rsidRPr="00D6465B" w:rsidRDefault="00245140" w:rsidP="00F41222">
+          <w:p w14:paraId="1F767B2E" w14:textId="3DED897E" w:rsidR="00A8725A" w:rsidRDefault="00A8725A" w:rsidP="00A8725A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Contact person</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00116432" w14:paraId="32317BBF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CAE462C" w14:textId="77777777" w:rsidR="00116432" w:rsidRDefault="00116432" w:rsidP="00A8725A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...34 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="5194" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00E2BA73" w14:textId="77777777" w:rsidR="00245140" w:rsidRPr="00D6465B" w:rsidRDefault="00245140" w:rsidP="00F41222">
+          <w:p w14:paraId="5D160E5A" w14:textId="646B8A87" w:rsidR="00116432" w:rsidRDefault="00116432" w:rsidP="00A8725A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Department: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D6465B">
-[...34 lines deleted...]
-            <w:r w:rsidRPr="00D6465B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A8725A" w14:paraId="3AD28932" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10387" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E016AC" w14:textId="73DA65DD" w:rsidR="00A8725A" w:rsidRDefault="00A8725A" w:rsidP="00A8725A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">To be attached (when applicable): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Budget and motivation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="684F4499" w14:textId="542D1C88" w:rsidR="00444D09" w:rsidRPr="00305872" w:rsidRDefault="008A7ABA" w:rsidP="002047BF">
-      <w:pPr>
+    <w:p w14:paraId="70970255" w14:textId="58359E42" w:rsidR="00444D09" w:rsidRPr="008A0EA9" w:rsidRDefault="00444D09" w:rsidP="0082772D">
+      <w:pPr>
+        <w:pStyle w:val="text"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...61 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00444D09" w:rsidRPr="00305872" w:rsidSect="00992A3D">
+    <w:sectPr w:rsidR="00444D09" w:rsidRPr="008A0EA9" w:rsidSect="008B02FE">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="993" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="992" w:right="1418" w:bottom="1418" w:left="737" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16B25E84" w14:textId="77777777" w:rsidR="00BF6C28" w:rsidRDefault="00BF6C28" w:rsidP="00420D4B">
+    <w:p w14:paraId="59DC0E06" w14:textId="77777777" w:rsidR="00081037" w:rsidRDefault="00081037" w:rsidP="00420D4B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AF15264" w14:textId="77777777" w:rsidR="00BF6C28" w:rsidRDefault="00BF6C28" w:rsidP="00420D4B">
+    <w:p w14:paraId="6F58D31B" w14:textId="77777777" w:rsidR="00081037" w:rsidRDefault="00081037" w:rsidP="00420D4B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4210,270 +3714,253 @@
     <w:pPr>
       <w:pStyle w:val="text"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C2700B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Send application to</w:t>
     </w:r>
     <w:r w:rsidR="002047BF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve"> the Course and Programme Committee (KPK)</w:t>
+      <w:t xml:space="preserve"> the Course and </w:t>
     </w:r>
-    <w:r w:rsidRPr="00C2700B">
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="002047BF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">: </w:t>
+      <w:t>Programme</w:t>
     </w:r>
-    <w:r>
-[...13 lines deleted...]
-        <w:rStyle w:val="Hyperlnk"/>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="002047BF">
+      <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>doctoralcourses@ki.se</w:t>
+      <w:t xml:space="preserve"> Committee (KPK)</w:t>
     </w:r>
-    <w:r>
-[...2 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="00C2700B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
+      <w:t xml:space="preserve">: </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidRPr="00DE3889">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>doctoralcourses@ki.se</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="22BBC13C" w14:textId="77777777" w:rsidR="00444D09" w:rsidRPr="00393EC0" w:rsidRDefault="00E57D58" w:rsidP="00444D09">
+  <w:p w14:paraId="22BBC13C" w14:textId="207F2967" w:rsidR="00444D09" w:rsidRPr="00393EC0" w:rsidRDefault="00E57D58" w:rsidP="00444D09">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009600EE">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">AG </w:t>
     </w:r>
-    <w:r w:rsidR="00984954">
+    <w:r w:rsidR="00A16B88">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>2025-04-09</w:t>
+      <w:t>2026-</w:t>
+    </w:r>
+    <w:r w:rsidR="00A86F61">
+      <w:rPr>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65312622" w14:textId="77777777" w:rsidR="00BF6C28" w:rsidRDefault="00BF6C28" w:rsidP="00420D4B">
+    <w:p w14:paraId="34BAF376" w14:textId="77777777" w:rsidR="00081037" w:rsidRDefault="00081037" w:rsidP="00420D4B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3299D8EC" w14:textId="77777777" w:rsidR="00BF6C28" w:rsidRDefault="00BF6C28" w:rsidP="00420D4B">
+    <w:p w14:paraId="37C7371B" w14:textId="77777777" w:rsidR="00081037" w:rsidRDefault="00081037" w:rsidP="00420D4B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="5122AD69" w14:textId="77777777" w:rsidR="003D3969" w:rsidRPr="002328A9" w:rsidRDefault="00BF2BD2" w:rsidP="003D3969">
+    <w:p w14:paraId="174BC9C2" w14:textId="77777777" w:rsidR="009A7BF1" w:rsidRPr="002328A9" w:rsidRDefault="009A7BF1" w:rsidP="0082772D">
       <w:pPr>
         <w:pStyle w:val="Fotnotstext"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002328A9">
         <w:rPr>
           <w:rStyle w:val="Fotnotsreferens"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002328A9">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> When the decision to </w:t>
       </w:r>
-      <w:r w:rsidR="003D3969" w:rsidRPr="002328A9">
-[...6 lines deleted...]
-      <w:r w:rsidR="00AC173F">
+      <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>fund</w:t>
       </w:r>
-      <w:r w:rsidR="003D3969" w:rsidRPr="002328A9">
+      <w:r w:rsidRPr="002328A9">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> the course</w:t>
       </w:r>
-      <w:r w:rsidR="00AC173F">
+      <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> is taken</w:t>
       </w:r>
-      <w:r w:rsidR="003D3969" w:rsidRPr="002328A9">
+      <w:r w:rsidRPr="002328A9">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">, a conditional minimum number of participants (doctoral students and/or KI post docs) will be stated. 90 % of the stated minimum number must have completed the course and the examination (but not necessarily passed) for the course to receive full funding. If fewer, the </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6381A4" w14:textId="77777777" w:rsidR="00BF2BD2" w:rsidRPr="003E619B" w:rsidRDefault="003D3969" w:rsidP="003D3969">
+    <w:p w14:paraId="5187D032" w14:textId="77777777" w:rsidR="009A7BF1" w:rsidRPr="003E619B" w:rsidRDefault="009A7BF1" w:rsidP="0082772D">
       <w:pPr>
         <w:pStyle w:val="Fotnotstext"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002328A9">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>funding will be reduced in accordance with a particular principle (see web site). Propose a number that you think is reasonable as a conditional minimum number for your course.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="16714B05" w14:textId="77777777" w:rsidR="006D769D" w:rsidRPr="00BF2BD2" w:rsidRDefault="006D769D" w:rsidP="006D769D">
+    <w:p w14:paraId="6A6F3AE0" w14:textId="77777777" w:rsidR="0082772D" w:rsidRPr="00BF2BD2" w:rsidRDefault="0082772D" w:rsidP="0082772D">
       <w:pPr>
         <w:pStyle w:val="Fotnotstext"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="008A2F35">
         <w:rPr>
           <w:rStyle w:val="Fotnotsreferens"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008A2F35">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> Complete budget and motivation to be attached for courses above 3 HEC or with e.g. particularly high lab or demo costs, costs regarding invited speakers etc.</w:t>
-      </w:r>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> Valid from 2026</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04CB19C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AD2897A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
@@ -5463,385 +4950,423 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1977026719">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1610358592">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="433137365">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1963729438">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="573734372">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1477604640">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="140"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Ilg7NzfUFIijdnFfDoyU7FJ96b7ptxjmB8SFauTOtqjXQGbeERLqntCZv+W/gFxxWK2plZOLCl3ytb0DORQjEw==" w:salt="iCIQ7MwtIwYesUzNveeq2Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LOv4Eq0RpdlsoRIsOaq9qbJzYvYkuG8MHWtMqqp13J3ubPFg2z0cGcwyVVfFDVzNTdTFTg2oJMrUZd2eBQtIwg==" w:salt="/uESQwDsn6lEgiH/XJ3cYw=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001515D8"/>
     <w:rsid w:val="00001D4A"/>
     <w:rsid w:val="000036E4"/>
     <w:rsid w:val="00003EB7"/>
     <w:rsid w:val="00011073"/>
     <w:rsid w:val="0001786B"/>
     <w:rsid w:val="00050D6A"/>
+    <w:rsid w:val="00051453"/>
     <w:rsid w:val="0005227F"/>
     <w:rsid w:val="00062EFF"/>
     <w:rsid w:val="00065543"/>
     <w:rsid w:val="00066B12"/>
+    <w:rsid w:val="00081037"/>
     <w:rsid w:val="000821C4"/>
     <w:rsid w:val="000A030E"/>
     <w:rsid w:val="000A0CAE"/>
     <w:rsid w:val="000C7804"/>
     <w:rsid w:val="000D682B"/>
+    <w:rsid w:val="000E37D5"/>
     <w:rsid w:val="000E589C"/>
     <w:rsid w:val="000F1EBF"/>
+    <w:rsid w:val="001038D3"/>
     <w:rsid w:val="00105632"/>
     <w:rsid w:val="00111B2C"/>
     <w:rsid w:val="00111D12"/>
+    <w:rsid w:val="00116432"/>
     <w:rsid w:val="0013741E"/>
     <w:rsid w:val="00145A7F"/>
     <w:rsid w:val="001515D8"/>
     <w:rsid w:val="0019154C"/>
     <w:rsid w:val="001943DA"/>
     <w:rsid w:val="001A3FA7"/>
     <w:rsid w:val="001C0EEA"/>
     <w:rsid w:val="001F1160"/>
     <w:rsid w:val="002047BF"/>
+    <w:rsid w:val="00206F20"/>
     <w:rsid w:val="00213543"/>
     <w:rsid w:val="002138C7"/>
     <w:rsid w:val="00222D71"/>
     <w:rsid w:val="0022683E"/>
     <w:rsid w:val="00226B76"/>
     <w:rsid w:val="00227AE9"/>
     <w:rsid w:val="0023183D"/>
     <w:rsid w:val="002328A9"/>
     <w:rsid w:val="00245140"/>
     <w:rsid w:val="002771F2"/>
     <w:rsid w:val="002864C6"/>
     <w:rsid w:val="002A2F94"/>
     <w:rsid w:val="002A3DFA"/>
     <w:rsid w:val="002A5D7F"/>
+    <w:rsid w:val="002B20C6"/>
     <w:rsid w:val="002B24AC"/>
     <w:rsid w:val="002C114B"/>
+    <w:rsid w:val="002D0249"/>
     <w:rsid w:val="002D2A1A"/>
+    <w:rsid w:val="00301E7D"/>
     <w:rsid w:val="00305872"/>
     <w:rsid w:val="00316427"/>
     <w:rsid w:val="00321BC8"/>
     <w:rsid w:val="00326256"/>
+    <w:rsid w:val="003274EF"/>
     <w:rsid w:val="00334CCD"/>
     <w:rsid w:val="0033608B"/>
     <w:rsid w:val="0034680D"/>
     <w:rsid w:val="003472D1"/>
     <w:rsid w:val="00353EB1"/>
     <w:rsid w:val="0035761E"/>
     <w:rsid w:val="0037120F"/>
     <w:rsid w:val="00385A30"/>
     <w:rsid w:val="00387AF4"/>
     <w:rsid w:val="00393EC0"/>
     <w:rsid w:val="003A22E9"/>
+    <w:rsid w:val="003A34B8"/>
     <w:rsid w:val="003B0A6A"/>
     <w:rsid w:val="003B57E4"/>
     <w:rsid w:val="003C5822"/>
     <w:rsid w:val="003D3969"/>
     <w:rsid w:val="003E619B"/>
     <w:rsid w:val="003F1701"/>
     <w:rsid w:val="003F7027"/>
     <w:rsid w:val="00400D5E"/>
     <w:rsid w:val="00405854"/>
     <w:rsid w:val="00420D4B"/>
     <w:rsid w:val="00430754"/>
     <w:rsid w:val="00436382"/>
     <w:rsid w:val="004368D2"/>
     <w:rsid w:val="00444D09"/>
     <w:rsid w:val="00446CB9"/>
     <w:rsid w:val="00453019"/>
     <w:rsid w:val="00470525"/>
     <w:rsid w:val="00481A6D"/>
     <w:rsid w:val="00484E9C"/>
     <w:rsid w:val="004C5BBD"/>
     <w:rsid w:val="004D7BED"/>
     <w:rsid w:val="004E0D4E"/>
     <w:rsid w:val="004E0FB1"/>
     <w:rsid w:val="004E1DD6"/>
     <w:rsid w:val="004E29AF"/>
     <w:rsid w:val="00505F06"/>
     <w:rsid w:val="00527804"/>
     <w:rsid w:val="00531F1F"/>
+    <w:rsid w:val="00541CD1"/>
     <w:rsid w:val="005471B0"/>
     <w:rsid w:val="005519B5"/>
     <w:rsid w:val="00552051"/>
     <w:rsid w:val="00563A40"/>
     <w:rsid w:val="00565188"/>
     <w:rsid w:val="00576A5B"/>
     <w:rsid w:val="0058150F"/>
     <w:rsid w:val="00586886"/>
     <w:rsid w:val="00592E7F"/>
     <w:rsid w:val="005944A9"/>
     <w:rsid w:val="005A1EEA"/>
     <w:rsid w:val="005B28E7"/>
     <w:rsid w:val="005D5A81"/>
     <w:rsid w:val="005D7952"/>
     <w:rsid w:val="005E6105"/>
     <w:rsid w:val="005F0CC6"/>
     <w:rsid w:val="00600B12"/>
     <w:rsid w:val="00620D0D"/>
     <w:rsid w:val="00620DB5"/>
     <w:rsid w:val="0062554B"/>
     <w:rsid w:val="006278D0"/>
     <w:rsid w:val="00640DAE"/>
     <w:rsid w:val="00650A31"/>
     <w:rsid w:val="00655FBA"/>
     <w:rsid w:val="00661996"/>
     <w:rsid w:val="006704BC"/>
     <w:rsid w:val="00690490"/>
     <w:rsid w:val="00692227"/>
+    <w:rsid w:val="00692C56"/>
     <w:rsid w:val="006A40C0"/>
     <w:rsid w:val="006A51A1"/>
     <w:rsid w:val="006B158B"/>
     <w:rsid w:val="006B571B"/>
     <w:rsid w:val="006C0861"/>
     <w:rsid w:val="006C5F9B"/>
     <w:rsid w:val="006D769D"/>
     <w:rsid w:val="006E5DE1"/>
     <w:rsid w:val="007007BE"/>
     <w:rsid w:val="00705A42"/>
     <w:rsid w:val="00710C12"/>
     <w:rsid w:val="00720005"/>
     <w:rsid w:val="0072370D"/>
     <w:rsid w:val="007256F2"/>
     <w:rsid w:val="00730611"/>
     <w:rsid w:val="00731F05"/>
     <w:rsid w:val="007348BA"/>
+    <w:rsid w:val="007521DE"/>
     <w:rsid w:val="00754BE9"/>
     <w:rsid w:val="00754C67"/>
     <w:rsid w:val="00756B19"/>
     <w:rsid w:val="00765CC9"/>
     <w:rsid w:val="00771C7E"/>
     <w:rsid w:val="00785CD6"/>
     <w:rsid w:val="007902EF"/>
     <w:rsid w:val="007A154F"/>
     <w:rsid w:val="007A63D6"/>
     <w:rsid w:val="007B7C32"/>
     <w:rsid w:val="007D0304"/>
     <w:rsid w:val="007D624D"/>
     <w:rsid w:val="007E1BA2"/>
     <w:rsid w:val="007E585F"/>
     <w:rsid w:val="007E7269"/>
     <w:rsid w:val="007F0ED3"/>
     <w:rsid w:val="008049DD"/>
     <w:rsid w:val="0081083D"/>
+    <w:rsid w:val="0082772D"/>
     <w:rsid w:val="00832426"/>
     <w:rsid w:val="00841C71"/>
     <w:rsid w:val="00843408"/>
+    <w:rsid w:val="008474D8"/>
     <w:rsid w:val="00847ECF"/>
     <w:rsid w:val="0086264E"/>
     <w:rsid w:val="0086682E"/>
     <w:rsid w:val="00867104"/>
     <w:rsid w:val="0087115E"/>
     <w:rsid w:val="00873847"/>
     <w:rsid w:val="00873FD7"/>
     <w:rsid w:val="00875D9D"/>
     <w:rsid w:val="00877FC3"/>
     <w:rsid w:val="00894806"/>
     <w:rsid w:val="00897C8F"/>
+    <w:rsid w:val="008A0EA9"/>
     <w:rsid w:val="008A23B7"/>
     <w:rsid w:val="008A2F35"/>
     <w:rsid w:val="008A6EF6"/>
     <w:rsid w:val="008A7ABA"/>
+    <w:rsid w:val="008B02FE"/>
+    <w:rsid w:val="008C5F53"/>
     <w:rsid w:val="008F581E"/>
     <w:rsid w:val="009041AF"/>
     <w:rsid w:val="00911775"/>
     <w:rsid w:val="009147B1"/>
     <w:rsid w:val="00921463"/>
     <w:rsid w:val="00925528"/>
     <w:rsid w:val="0093281F"/>
     <w:rsid w:val="00933D4D"/>
     <w:rsid w:val="00934CAB"/>
     <w:rsid w:val="00935F89"/>
     <w:rsid w:val="00950AFF"/>
     <w:rsid w:val="00955706"/>
     <w:rsid w:val="009600EE"/>
     <w:rsid w:val="00962AB1"/>
     <w:rsid w:val="009634ED"/>
     <w:rsid w:val="009655CB"/>
     <w:rsid w:val="00967937"/>
     <w:rsid w:val="00974B44"/>
     <w:rsid w:val="009827CA"/>
     <w:rsid w:val="00984954"/>
     <w:rsid w:val="00992A3D"/>
+    <w:rsid w:val="009A7BF1"/>
+    <w:rsid w:val="009B2C4E"/>
     <w:rsid w:val="009B2C64"/>
     <w:rsid w:val="009B73EE"/>
     <w:rsid w:val="009D0876"/>
     <w:rsid w:val="009F25EF"/>
     <w:rsid w:val="00A021E2"/>
     <w:rsid w:val="00A0286A"/>
+    <w:rsid w:val="00A0465E"/>
     <w:rsid w:val="00A10DCF"/>
     <w:rsid w:val="00A14853"/>
+    <w:rsid w:val="00A16B88"/>
     <w:rsid w:val="00A457A3"/>
+    <w:rsid w:val="00A46305"/>
     <w:rsid w:val="00A46E9B"/>
     <w:rsid w:val="00A63E50"/>
     <w:rsid w:val="00A7016F"/>
     <w:rsid w:val="00A74745"/>
     <w:rsid w:val="00A75BA8"/>
     <w:rsid w:val="00A7765B"/>
+    <w:rsid w:val="00A86F61"/>
+    <w:rsid w:val="00A8725A"/>
     <w:rsid w:val="00A87ADF"/>
     <w:rsid w:val="00A92249"/>
     <w:rsid w:val="00A94B41"/>
     <w:rsid w:val="00AA40CB"/>
     <w:rsid w:val="00AC122C"/>
     <w:rsid w:val="00AC173F"/>
     <w:rsid w:val="00AC2985"/>
     <w:rsid w:val="00AC3CF3"/>
     <w:rsid w:val="00AE1CFD"/>
     <w:rsid w:val="00AE6063"/>
     <w:rsid w:val="00AF5E6D"/>
     <w:rsid w:val="00B109CB"/>
     <w:rsid w:val="00B12DD8"/>
     <w:rsid w:val="00B25FCA"/>
+    <w:rsid w:val="00B37830"/>
+    <w:rsid w:val="00B4017F"/>
     <w:rsid w:val="00B4186D"/>
     <w:rsid w:val="00B51BB2"/>
     <w:rsid w:val="00B677E8"/>
+    <w:rsid w:val="00B73C84"/>
     <w:rsid w:val="00B76175"/>
     <w:rsid w:val="00BC51FA"/>
     <w:rsid w:val="00BD56D4"/>
     <w:rsid w:val="00BD745B"/>
     <w:rsid w:val="00BE1C13"/>
     <w:rsid w:val="00BE33EE"/>
     <w:rsid w:val="00BF2BD2"/>
     <w:rsid w:val="00BF6C28"/>
     <w:rsid w:val="00C124C0"/>
     <w:rsid w:val="00C176C4"/>
     <w:rsid w:val="00C24231"/>
     <w:rsid w:val="00C2700B"/>
     <w:rsid w:val="00C35990"/>
     <w:rsid w:val="00C430EF"/>
     <w:rsid w:val="00C45A9B"/>
+    <w:rsid w:val="00C51982"/>
     <w:rsid w:val="00C656B6"/>
     <w:rsid w:val="00C67A7B"/>
     <w:rsid w:val="00C759AA"/>
     <w:rsid w:val="00C8445C"/>
     <w:rsid w:val="00C85309"/>
     <w:rsid w:val="00C94D8B"/>
     <w:rsid w:val="00C95730"/>
     <w:rsid w:val="00CA32A6"/>
     <w:rsid w:val="00CA3E16"/>
+    <w:rsid w:val="00CB7E2D"/>
     <w:rsid w:val="00CC2935"/>
     <w:rsid w:val="00CD566B"/>
     <w:rsid w:val="00CD634F"/>
     <w:rsid w:val="00CD6C61"/>
+    <w:rsid w:val="00D0091C"/>
     <w:rsid w:val="00D00B71"/>
     <w:rsid w:val="00D01C50"/>
     <w:rsid w:val="00D1486C"/>
     <w:rsid w:val="00D30BE7"/>
     <w:rsid w:val="00D3171D"/>
     <w:rsid w:val="00D32C35"/>
     <w:rsid w:val="00D37DE2"/>
     <w:rsid w:val="00D42F81"/>
     <w:rsid w:val="00D54438"/>
     <w:rsid w:val="00D6465B"/>
     <w:rsid w:val="00D65F44"/>
     <w:rsid w:val="00D725B5"/>
     <w:rsid w:val="00D772D4"/>
     <w:rsid w:val="00D85314"/>
     <w:rsid w:val="00D96240"/>
     <w:rsid w:val="00DA48A7"/>
     <w:rsid w:val="00DA4D8E"/>
     <w:rsid w:val="00DB0B29"/>
     <w:rsid w:val="00DC0338"/>
     <w:rsid w:val="00DC493C"/>
     <w:rsid w:val="00DD1A8C"/>
     <w:rsid w:val="00DD31AE"/>
+    <w:rsid w:val="00DD4A2C"/>
+    <w:rsid w:val="00DD6139"/>
     <w:rsid w:val="00DE15B8"/>
     <w:rsid w:val="00DE4095"/>
     <w:rsid w:val="00E13A03"/>
     <w:rsid w:val="00E45E45"/>
     <w:rsid w:val="00E50558"/>
     <w:rsid w:val="00E52DA4"/>
     <w:rsid w:val="00E57D58"/>
     <w:rsid w:val="00E60825"/>
     <w:rsid w:val="00E61479"/>
+    <w:rsid w:val="00EA414D"/>
     <w:rsid w:val="00EA5067"/>
     <w:rsid w:val="00EB4610"/>
     <w:rsid w:val="00EC44A2"/>
     <w:rsid w:val="00F20450"/>
     <w:rsid w:val="00F26659"/>
+    <w:rsid w:val="00F35262"/>
     <w:rsid w:val="00F41222"/>
     <w:rsid w:val="00F44A18"/>
     <w:rsid w:val="00F51402"/>
     <w:rsid w:val="00F65C34"/>
     <w:rsid w:val="00F7733F"/>
     <w:rsid w:val="00F805E0"/>
     <w:rsid w:val="00F85CCA"/>
     <w:rsid w:val="00F87AD6"/>
     <w:rsid w:val="00F91D68"/>
     <w:rsid w:val="00F91FE4"/>
+    <w:rsid w:val="00FA3AF9"/>
+    <w:rsid w:val="00FC531B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -6125,51 +5650,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006D769D"/>
+    <w:rsid w:val="00A8725A"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -6352,89 +5877,102 @@
     <w:name w:val="footnote reference"/>
     <w:rsid w:val="00E50558"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C2700B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:link w:val="Sidhuvud"/>
     <w:rsid w:val="00785CD6"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Platshllartext">
+    <w:name w:val="Placeholder Text"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0082772D"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="556013358">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="996954709">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doctoralcourses@ki.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -6729,91 +6267,91 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{609B4526-85BF-4254-9375-F14B4171C68B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>362</Words>
-  <Characters>1923</Characters>
+  <Words>352</Words>
+  <Characters>1877</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2281</CharactersWithSpaces>
+  <CharactersWithSpaces>2164</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6094957</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:doctoralcourses@ki.se</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>anhagv</dc:creator>
+  <dc:creator>anna.gustafsson@ki.se</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>